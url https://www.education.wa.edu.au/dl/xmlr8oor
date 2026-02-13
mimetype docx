--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -1,50 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7816E3CE" w14:textId="77777777" w:rsidR="003536FA" w:rsidRDefault="00EF602B" w:rsidP="003536FA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6525EEC3" wp14:editId="7B458DA0">
             <wp:extent cx="1516777" cy="628379"/>
             <wp:effectExtent l="0" t="0" r="7620" b="635"/>
             <wp:docPr id="3" name="Picture 3" descr="C:\Users\E4101077\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\7ZBPXCUO\Department logo - standard uses - black on white - JPEG.JPG"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -81,50 +84,95 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="212E3EF6" w14:textId="77777777" w:rsidR="00FA72FE" w:rsidRDefault="0098596B" w:rsidP="00CC4131">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098596B">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Former Student Application for Access to Documents</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6419F420" w14:textId="5DFA7445" w:rsidR="00017EBC" w:rsidRDefault="006A483A" w:rsidP="00CC4131">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00017EBC">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Government </w:t>
+      </w:r>
+      <w:r w:rsidR="00D616C8">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Public </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Schools only”</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="06323737" w14:textId="77777777" w:rsidR="00CC4131" w:rsidRPr="00CC4131" w:rsidRDefault="00CC4131" w:rsidP="00CC4131">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2074"/>
         <w:gridCol w:w="862"/>
         <w:gridCol w:w="1725"/>
@@ -153,51 +201,50 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00373E77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Applicant Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E256AD" w14:paraId="0CD54C73" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BCFC56B" w14:textId="77777777" w:rsidR="00E256AD" w:rsidRPr="00E256AD" w:rsidRDefault="00E256AD" w:rsidP="00B44C7B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3526"/>
                 <w:tab w:val="left" w:pos="6656"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Title (Mr, Ms, Mrs, Dr, etc.):</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -485,51 +532,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E256AD" w14:paraId="4CB00ACD" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DE2A28E" w14:textId="457E7F1F" w:rsidR="006B377F" w:rsidRDefault="00B44C7B" w:rsidP="009F4FA1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="Telephone"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School Surname</w:t>
             </w:r>
             <w:r w:rsidR="006B377F">
               <w:rPr>
@@ -998,51 +1044,50 @@
             <w:r w:rsidR="00B44C7B" w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B44C7B">
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00361D00" w:rsidRPr="00022758" w14:paraId="190B0031" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189B336A" w14:textId="3E7FEF70" w:rsidR="000839C9" w:rsidRDefault="002E0F2B" w:rsidP="002E0F2B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000839C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:r w:rsidR="00373E77" w:rsidRPr="000839C9">
               <w:rPr>
@@ -1623,51 +1668,50 @@
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1182393884"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000839C9" w:rsidRPr="000839C9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000839C9" w:rsidRPr="000839C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> General Authority to Act Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B532D" w:rsidRPr="00022758" w14:paraId="37140CE4" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="164"/>
@@ -1697,373 +1741,376 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Record Type</w:t>
             </w:r>
             <w:r w:rsidR="0019308B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00A35201">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC4131" w:rsidRPr="00022758" w14:paraId="233490A2" w14:textId="77777777" w:rsidTr="00917D6F">
+      <w:tr w:rsidR="00CC4131" w:rsidRPr="00022758" w14:paraId="233490A2" w14:textId="77777777" w:rsidTr="00A752BC">
         <w:trPr>
           <w:trHeight w:val="164"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04D91E20" w14:textId="57A0DE7C" w:rsidR="00D14CDF" w:rsidRDefault="00532E39" w:rsidP="00CC4131">
+          <w:p w14:paraId="04D91E20" w14:textId="57A0DE7C" w:rsidR="00D14CDF" w:rsidRDefault="00000000" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1187137566"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0019308B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4131" w:rsidRPr="00FA72FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0019308B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Primary School</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52AF1F4F" w14:textId="77777777" w:rsidR="00D14CDF" w:rsidRDefault="00D14CDF" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="300B8394" w14:textId="17C8CDC4" w:rsidR="00CC4131" w:rsidRDefault="00532E39" w:rsidP="00CC4131">
+          <w:p w14:paraId="300B8394" w14:textId="17C8CDC4" w:rsidR="00CC4131" w:rsidRDefault="00000000" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1999413997"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0019308B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0019308B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44C3832E" w14:textId="40A397EA" w:rsidR="00CC4131" w:rsidRDefault="00532E39" w:rsidP="00CC4131">
+          <w:p w14:paraId="44C3832E" w14:textId="40A397EA" w:rsidR="00CC4131" w:rsidRDefault="00000000" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1346858710"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4131">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4131" w:rsidRPr="00FA72FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0019308B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>High School</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B8C6151" w14:textId="77777777" w:rsidR="00CC4131" w:rsidRDefault="00CC4131" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="737E1F96" w14:textId="2F955CDA" w:rsidR="00CC4131" w:rsidRDefault="00532E39" w:rsidP="00CC4131">
+          <w:p w14:paraId="4BC4D59A" w14:textId="77777777" w:rsidR="00CC4131" w:rsidRDefault="00000000" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="648402639"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D14CDF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D14CDF" w:rsidRPr="00FA72FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D14CDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other (</w:t>
             </w:r>
             <w:r w:rsidR="00D14CDF" w:rsidRPr="00917D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>please specify</w:t>
             </w:r>
             <w:r w:rsidR="00D14CDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="737E1F96" w14:textId="2F955CDA" w:rsidR="000D712D" w:rsidRDefault="000D712D" w:rsidP="00CC4131">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2971" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488EC26A" w14:textId="736A1A88" w:rsidR="00CC4131" w:rsidRDefault="00532E39" w:rsidP="00CC4131">
+          <w:p w14:paraId="488EC26A" w14:textId="736A1A88" w:rsidR="00CC4131" w:rsidRDefault="00000000" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1515497063"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC4131">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CC4131" w:rsidRPr="00FA72FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0019308B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2080,182 +2127,248 @@
           </w:p>
           <w:p w14:paraId="27C53F57" w14:textId="77777777" w:rsidR="00CC4131" w:rsidRDefault="00CC4131" w:rsidP="00CC4131">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="551BB67C" w14:textId="3A57E59A" w:rsidR="00917D6F" w:rsidRDefault="00917D6F" w:rsidP="00A35201">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917D6F" w:rsidRPr="00022758" w14:paraId="5C3870A3" w14:textId="77777777" w:rsidTr="00D14CDF">
+      <w:tr w:rsidR="00501F7C" w:rsidRPr="00022758" w14:paraId="30B36078" w14:textId="77777777" w:rsidTr="00A752BC">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE605AE" w14:textId="625CE85C" w:rsidR="00D14CDF" w:rsidRDefault="00D14CDF" w:rsidP="00D14CDF">
+          <w:p w14:paraId="0F61A995" w14:textId="1B9F2D29" w:rsidR="00501F7C" w:rsidRPr="00501F7C" w:rsidRDefault="00501F7C" w:rsidP="00D14CDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000839C9">
+            <w:r w:rsidRPr="00501F7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>School/s Attended:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000839C9">
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E23903" w:rsidRPr="001B472C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23903" w:rsidRPr="001B472C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Government </w:t>
+            </w:r>
+            <w:r w:rsidR="009C3E1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>public s</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23903" w:rsidRPr="001B472C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>chools</w:t>
+            </w:r>
+            <w:r w:rsidR="001B472C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> only</w:t>
+            </w:r>
+            <w:r w:rsidR="001B472C" w:rsidRPr="001B472C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000839C9" w:rsidRPr="00022758" w14:paraId="2653195B" w14:textId="77777777" w:rsidTr="00D14CDF">
+      <w:tr w:rsidR="00501F7C" w:rsidRPr="00022758" w14:paraId="46B731B0" w14:textId="77777777" w:rsidTr="000D712D">
         <w:trPr>
-          <w:trHeight w:val="911"/>
+          <w:trHeight w:val="668"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2434B979" w14:textId="214AF621" w:rsidR="009202A9" w:rsidRDefault="00D14CDF" w:rsidP="00D14CDF">
-[...20 lines deleted...]
-          <w:p w14:paraId="588FF912" w14:textId="77777777" w:rsidR="009202A9" w:rsidRPr="009202A9" w:rsidRDefault="009202A9" w:rsidP="009202A9">
+          <w:p w14:paraId="144C4271" w14:textId="77777777" w:rsidR="009E570D" w:rsidRDefault="009E570D" w:rsidP="00D14CDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DFEC612" w14:textId="77777777" w:rsidR="007F64DF" w:rsidRDefault="007F64DF" w:rsidP="00D14CDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="002C8356" w14:textId="77777777" w:rsidR="009E570D" w:rsidRDefault="009E570D" w:rsidP="00D14CDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000839C9" w:rsidRPr="00022758" w14:paraId="2653195B" w14:textId="77777777" w:rsidTr="00BE57AC">
+        <w:trPr>
+          <w:trHeight w:val="439"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="588FF912" w14:textId="4D29C766" w:rsidR="009202A9" w:rsidRPr="009202A9" w:rsidRDefault="00D14CDF" w:rsidP="007848C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839C9" w:rsidRPr="00022758" w14:paraId="79689C0B" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="164"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D008E86" w14:textId="77777777" w:rsidR="000839C9" w:rsidRPr="00A35201" w:rsidRDefault="00CA5650" w:rsidP="00CA5650">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2277,337 +2390,328 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Identification </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ID </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F2A09" w14:paraId="294460C2" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D374B61" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00532E39" w:rsidP="000839C9">
+          <w:p w14:paraId="3D374B61" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00000000" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1663004695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00917D6F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Driver’s Licenc</w:t>
             </w:r>
             <w:r w:rsidR="001F2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D53ABF9" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00532E39" w:rsidP="000839C9">
+          <w:p w14:paraId="0D53ABF9" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00000000" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1050034502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Medicare C</w:t>
             </w:r>
             <w:r w:rsidR="001F2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF919DD" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00532E39" w:rsidP="000839C9">
+          <w:p w14:paraId="5DF919DD" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00000000" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1675838495"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Birth Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2108" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38622C25" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00532E39" w:rsidP="000839C9">
+          <w:p w14:paraId="38622C25" w14:textId="77777777" w:rsidR="001F2A09" w:rsidRDefault="00000000" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1674649457"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00917D6F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F2A09" w:rsidRPr="00AB46FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F2A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Passport</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000839C9" w14:paraId="3122312C" w14:textId="77777777" w:rsidTr="00917D6F">
+      <w:tr w:rsidR="000839C9" w14:paraId="3122312C" w14:textId="77777777" w:rsidTr="00BE57AC">
         <w:trPr>
-          <w:trHeight w:val="180"/>
+          <w:trHeight w:val="21"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F40B9BC" w14:textId="77777777" w:rsidR="000839C9" w:rsidRPr="00F903EB" w:rsidRDefault="001F2A09" w:rsidP="001F2A09">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D77A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please attach proof of identification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2672,135 +2776,111 @@
             <w:r w:rsidR="000839C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839C9" w14:paraId="1F59FD82" w14:textId="77777777" w:rsidTr="00917D6F">
         <w:trPr>
           <w:trHeight w:val="771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6572" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="07C53097" w14:textId="77777777" w:rsidR="000839C9" w:rsidRDefault="000839C9" w:rsidP="000839C9">
-[...6 lines deleted...]
-          </w:p>
           <w:p w14:paraId="32E5CEE6" w14:textId="77777777" w:rsidR="000839C9" w:rsidRDefault="000839C9" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="353F1051" w14:textId="77777777" w:rsidR="000839C9" w:rsidRDefault="000839C9" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Applicant signature: ____________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F61C732" w14:textId="77777777" w:rsidR="000839C9" w:rsidRPr="00F903EB" w:rsidRDefault="000839C9" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2784" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7523A5D9" w14:textId="77777777" w:rsidR="000839C9" w:rsidRDefault="00725195" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...13 lines deleted...]
-              <w:t>___/______/___</w:t>
+              <w:t xml:space="preserve">    Date:____/______/___</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="739E6A1E" w14:textId="77777777" w:rsidR="000839C9" w:rsidRPr="00F903EB" w:rsidRDefault="000839C9" w:rsidP="000839C9">
             <w:pPr>
               <w:spacing w:afterLines="20" w:after="48" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839C9" w14:paraId="0D84A169" w14:textId="77777777" w:rsidTr="00D24003">
         <w:trPr>
           <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2969,65 +3049,51 @@
           <w:p w14:paraId="51CD9E62" w14:textId="77777777" w:rsidR="00221177" w:rsidRPr="00F903EB" w:rsidRDefault="00221177" w:rsidP="00221177">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>151 Royal Street</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5841FC67" w14:textId="77777777" w:rsidR="00221177" w:rsidRPr="00F903EB" w:rsidRDefault="00221177" w:rsidP="00221177">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F903EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAST </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">  6004</w:t>
+              <w:t>EAST PERTH  WA  6004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="733C6408" w14:textId="77777777" w:rsidR="00703B7A" w:rsidRPr="00F903EB" w:rsidRDefault="00703B7A" w:rsidP="008D57FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3063,144 +3129,146 @@
         <w:t>dent information is classed as p</w:t>
       </w:r>
       <w:r w:rsidRPr="008D57FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ersonal information</w:t>
       </w:r>
       <w:r w:rsidR="00AE36CA" w:rsidRPr="008D57FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="008D57FD" w:rsidRPr="007C1AF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>You are not required to pay a fee if you apply for access to your own information or you are acting on behalf of your client.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C16C94" w:rsidRPr="00C16C94" w:rsidSect="00BE2D84">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="1440" w:bottom="709" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="120DE8D6" w14:textId="77777777" w:rsidR="00FA4146" w:rsidRDefault="00FA4146" w:rsidP="003536FA">
+    <w:p w14:paraId="5A1C16FA" w14:textId="77777777" w:rsidR="0089705A" w:rsidRDefault="0089705A" w:rsidP="003536FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C05C9C5" w14:textId="77777777" w:rsidR="00FA4146" w:rsidRDefault="00FA4146" w:rsidP="003536FA">
+    <w:p w14:paraId="5B3693F4" w14:textId="77777777" w:rsidR="0089705A" w:rsidRDefault="0089705A" w:rsidP="003536FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -3215,87 +3283,107 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00917D6F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>TRIM</w:t>
     </w:r>
     <w:r w:rsidR="00917D6F" w:rsidRPr="00917D6F">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Ref D19/0365377</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6820D303" w14:textId="77777777" w:rsidR="00FA4146" w:rsidRDefault="00FA4146" w:rsidP="003536FA">
+    <w:p w14:paraId="7EE427F1" w14:textId="77777777" w:rsidR="0089705A" w:rsidRDefault="0089705A" w:rsidP="003536FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="560A1E67" w14:textId="77777777" w:rsidR="00FA4146" w:rsidRDefault="00FA4146" w:rsidP="003536FA">
+    <w:p w14:paraId="711A6769" w14:textId="77777777" w:rsidR="0089705A" w:rsidRDefault="0089705A" w:rsidP="003536FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="245F26C4" w14:textId="77777777" w:rsidR="00017EBC" w:rsidRDefault="00017EBC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FF9111D" w14:textId="77777777" w:rsidR="00917D6F" w:rsidRDefault="00917D6F" w:rsidP="00917D6F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Former Student Application for Access to Documents</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61123F28" w14:textId="77777777" w:rsidR="003536FA" w:rsidRPr="00917D6F" w:rsidRDefault="003536FA" w:rsidP="00917D6F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2A4FFA01" w14:textId="77777777" w:rsidR="00017EBC" w:rsidRDefault="00017EBC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07BE35E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE8208D4"/>
     <w:lvl w:ilvl="0" w:tplc="15CC7D82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
@@ -3753,173 +3841,200 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00402D9B"/>
     <w:rsid w:val="00007595"/>
     <w:rsid w:val="00011CFF"/>
+    <w:rsid w:val="00017EBC"/>
     <w:rsid w:val="0002212B"/>
     <w:rsid w:val="00027349"/>
     <w:rsid w:val="00036E6C"/>
     <w:rsid w:val="00044BE1"/>
     <w:rsid w:val="000839C9"/>
     <w:rsid w:val="000939B2"/>
     <w:rsid w:val="00096A2B"/>
     <w:rsid w:val="000A09C7"/>
     <w:rsid w:val="000B3718"/>
     <w:rsid w:val="000D0723"/>
+    <w:rsid w:val="000D712D"/>
     <w:rsid w:val="000F009B"/>
     <w:rsid w:val="000F6B58"/>
     <w:rsid w:val="00191F6D"/>
     <w:rsid w:val="0019308B"/>
+    <w:rsid w:val="001B472C"/>
     <w:rsid w:val="001C025D"/>
     <w:rsid w:val="001E7AD5"/>
     <w:rsid w:val="001F2A09"/>
     <w:rsid w:val="00202FA8"/>
+    <w:rsid w:val="00211E6F"/>
     <w:rsid w:val="00221177"/>
     <w:rsid w:val="00293285"/>
     <w:rsid w:val="002E0F2B"/>
+    <w:rsid w:val="002F349D"/>
     <w:rsid w:val="00314005"/>
     <w:rsid w:val="00323905"/>
     <w:rsid w:val="00324BAA"/>
     <w:rsid w:val="0035347E"/>
     <w:rsid w:val="003536FA"/>
     <w:rsid w:val="00361D00"/>
     <w:rsid w:val="00363DE9"/>
     <w:rsid w:val="00373E77"/>
     <w:rsid w:val="003902AA"/>
     <w:rsid w:val="003D4939"/>
     <w:rsid w:val="003F108F"/>
     <w:rsid w:val="00402D9B"/>
     <w:rsid w:val="00416801"/>
+    <w:rsid w:val="0042230A"/>
     <w:rsid w:val="00422736"/>
     <w:rsid w:val="0047173C"/>
     <w:rsid w:val="00474EF7"/>
     <w:rsid w:val="004C6A37"/>
+    <w:rsid w:val="004D163A"/>
     <w:rsid w:val="004D434A"/>
+    <w:rsid w:val="00501F7C"/>
     <w:rsid w:val="005128B3"/>
     <w:rsid w:val="00532E39"/>
     <w:rsid w:val="00543779"/>
     <w:rsid w:val="00581077"/>
     <w:rsid w:val="00585AED"/>
     <w:rsid w:val="005A2F61"/>
     <w:rsid w:val="005B09AF"/>
     <w:rsid w:val="005F02EF"/>
     <w:rsid w:val="005F5FD2"/>
     <w:rsid w:val="006257C7"/>
     <w:rsid w:val="006347B3"/>
     <w:rsid w:val="00660290"/>
     <w:rsid w:val="006623D1"/>
     <w:rsid w:val="00680D7C"/>
+    <w:rsid w:val="00692E02"/>
+    <w:rsid w:val="006A483A"/>
     <w:rsid w:val="006B377F"/>
     <w:rsid w:val="006B532D"/>
     <w:rsid w:val="00703B7A"/>
+    <w:rsid w:val="00703DB4"/>
     <w:rsid w:val="00725195"/>
+    <w:rsid w:val="007848C8"/>
     <w:rsid w:val="007B5FDF"/>
     <w:rsid w:val="007C0402"/>
+    <w:rsid w:val="007F64DF"/>
     <w:rsid w:val="0082436E"/>
     <w:rsid w:val="008542A1"/>
     <w:rsid w:val="008712C4"/>
     <w:rsid w:val="0088435B"/>
+    <w:rsid w:val="0089705A"/>
     <w:rsid w:val="008D57FD"/>
     <w:rsid w:val="008D6165"/>
     <w:rsid w:val="008E653A"/>
     <w:rsid w:val="00917D6F"/>
     <w:rsid w:val="009202A9"/>
+    <w:rsid w:val="009433B8"/>
     <w:rsid w:val="00957346"/>
     <w:rsid w:val="00980255"/>
     <w:rsid w:val="0098596B"/>
     <w:rsid w:val="00987CF9"/>
+    <w:rsid w:val="009C3E1A"/>
+    <w:rsid w:val="009E570D"/>
+    <w:rsid w:val="009F6662"/>
     <w:rsid w:val="00A16AB6"/>
     <w:rsid w:val="00A35201"/>
     <w:rsid w:val="00A40301"/>
     <w:rsid w:val="00A51C52"/>
     <w:rsid w:val="00A652F7"/>
     <w:rsid w:val="00A716FD"/>
+    <w:rsid w:val="00A752BC"/>
     <w:rsid w:val="00A774EF"/>
     <w:rsid w:val="00A86990"/>
     <w:rsid w:val="00AB46FF"/>
     <w:rsid w:val="00AB6F54"/>
     <w:rsid w:val="00AE36CA"/>
     <w:rsid w:val="00B20F87"/>
     <w:rsid w:val="00B26DE8"/>
     <w:rsid w:val="00B44C7B"/>
+    <w:rsid w:val="00B4697F"/>
     <w:rsid w:val="00B526C8"/>
     <w:rsid w:val="00B85CDC"/>
     <w:rsid w:val="00B97F83"/>
     <w:rsid w:val="00BD5AD7"/>
     <w:rsid w:val="00BE2D84"/>
+    <w:rsid w:val="00BE57AC"/>
     <w:rsid w:val="00C14407"/>
     <w:rsid w:val="00C16C94"/>
     <w:rsid w:val="00C21C23"/>
     <w:rsid w:val="00C2447F"/>
+    <w:rsid w:val="00C42FF6"/>
     <w:rsid w:val="00C464EE"/>
     <w:rsid w:val="00C465A4"/>
     <w:rsid w:val="00C73887"/>
     <w:rsid w:val="00C97824"/>
     <w:rsid w:val="00CA5650"/>
     <w:rsid w:val="00CC4131"/>
     <w:rsid w:val="00CD6CE0"/>
     <w:rsid w:val="00CE7259"/>
     <w:rsid w:val="00D14CDF"/>
     <w:rsid w:val="00D24003"/>
     <w:rsid w:val="00D52F0D"/>
+    <w:rsid w:val="00D616C8"/>
     <w:rsid w:val="00D71C6D"/>
     <w:rsid w:val="00D77A69"/>
     <w:rsid w:val="00DA2209"/>
     <w:rsid w:val="00DA2705"/>
     <w:rsid w:val="00DC1F9C"/>
+    <w:rsid w:val="00E23903"/>
     <w:rsid w:val="00E256AD"/>
     <w:rsid w:val="00E317AE"/>
+    <w:rsid w:val="00E446A6"/>
     <w:rsid w:val="00E9297A"/>
+    <w:rsid w:val="00EC04DD"/>
     <w:rsid w:val="00EE161A"/>
     <w:rsid w:val="00EF602B"/>
     <w:rsid w:val="00F04572"/>
     <w:rsid w:val="00F52218"/>
     <w:rsid w:val="00F903EB"/>
     <w:rsid w:val="00FA4146"/>
     <w:rsid w:val="00FA72FE"/>
     <w:rsid w:val="00FA7FE2"/>
     <w:rsid w:val="00FD5240"/>
+    <w:rsid w:val="00FE0284"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3868B28D"/>
@@ -4522,51 +4637,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1452940151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FOI.Enquiries@education.wa.edu.au" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FOI.Enquiries@education.wa.edu.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4807,70 +4922,99 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DB7FD91-7333-4938-B407-EBAC202F1CF2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>283</Words>
-  <Characters>1617</Characters>
+  <Words>298</Words>
+  <Characters>1686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Education Western Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1897</CharactersWithSpaces>
+  <CharactersWithSpaces>1926</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HEMSLEY Sebastian [Corporate Information Services]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SetDate">
+    <vt:lpwstr>2026-02-02T05:06:58Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SiteId">
+    <vt:lpwstr>e08016f9-d1fd-4cbb-83b0-b76eb4361627</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ActionId">
+    <vt:lpwstr>ab022624-9182-4360-9fa5-6cf00e6f251a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>