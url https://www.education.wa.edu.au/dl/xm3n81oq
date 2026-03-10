--- v0 (2026-02-17)
+++ v1 (2026-03-10)
@@ -11,56 +11,63 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5F5F7432" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRDefault="00B27BE7" w:rsidP="00B27BE7">
+    <w:p w14:paraId="5F5F7432" w14:textId="72BBCDA1" w:rsidR="00B27BE7" w:rsidRDefault="0059545C" w:rsidP="0059545C">
       <w:pPr>
         <w:pStyle w:val="AppendixHdg1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc97649611"/>
       <w:r>
+        <w:t xml:space="preserve">APPENDIX F.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27BE7">
         <w:t>provisions of gifts approval FORM</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6BF97D0D" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRDefault="00B27BE7" w:rsidP="00B27BE7">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C04BB">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Application for the Provision of Gifts Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3F4239" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="000C04BB" w:rsidRDefault="00B27BE7" w:rsidP="00B27BE7">
       <w:pPr>
@@ -501,51 +508,87 @@
       <w:tr w:rsidR="00B27BE7" w:rsidRPr="008F1687" w14:paraId="20AFA719" w14:textId="77777777" w:rsidTr="0017656F">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="59BFE7BF" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Date gift, benefit or hospitality will be offered</w:t>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>gift</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>benefit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or hospitality will be offered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:id w:val="818624308"/>
             <w:placeholder>
               <w:docPart w:val="5D8AEE410D6A42B594310866FFC138F0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -727,81 +770,117 @@
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D5D6D2"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="21577171" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Description of person/organisation to receive the gift</w:t>
+              <w:t>Description of person/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to receive the gift</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B27BE7" w:rsidRPr="008F1687" w14:paraId="698E0104" w14:textId="77777777" w:rsidTr="0017656F">
         <w:trPr>
           <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="6B5262AC" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Name of person/organisation that the offer will be made</w:t>
+              <w:t>Name of person/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that the offer will be made</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun"/>
               <w:sz w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:id w:val="-879173723"/>
             <w:placeholder>
               <w:docPart w:val="9A1E4EC696C24BBF8D0E058B2C8252CE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2772" w:type="pct"/>
                 <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="top"/>
               </w:tcPr>
               <w:p w14:paraId="52A04543" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
                 <w:pPr>
@@ -849,118 +928,136 @@
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Position of person to receive the offer </w:t>
             </w:r>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:br/>
               <w:t>(if known and applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2772" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="67145EB7" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
+          <w:p w14:paraId="67145EB7" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00000000" w:rsidP="0017656F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4682"/>
               </w:tabs>
               <w:spacing w:before="144" w:after="144" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:vanish/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="SimSun"/>
                   <w:sz w:val="24"/>
                   <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <w:id w:val="385146622"/>
                 <w:placeholder>
                   <w:docPart w:val="14E726EEDAAF4C74B7D8BCA867C0C892"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="008F1687">
+                <w:r w:rsidR="00B27BE7" w:rsidRPr="008F1687">
                   <w:rPr>
                     <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
                     <w:vanish/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="24"/>
                     <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                   </w:rPr>
                   <w:t>[Position of person who offered]</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B27BE7" w:rsidRPr="008F1687" w14:paraId="19EB3608" w14:textId="77777777" w:rsidTr="0017656F">
         <w:trPr>
           <w:trHeight w:val="886"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="0EE3E78F" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:before="144" w:after="144" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature of the Department’s/school’s relationship with person/organisation </w:t>
+              <w:t>Nature of the Department’s/school’s relationship with person/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="583703CF" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="003A0456" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:before="144" w:after="144" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A0456">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(e.g. oversees guest, employee, volunteer etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1396,51 +1493,71 @@
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="61C2ED98" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">When approving a gift the approver must consider if the costs and reasons are justifiable and can stand up to public scrutiny. </w:t>
+              <w:t xml:space="preserve">When approving a </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>gift</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F1687">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the approver must consider if the costs and reasons are justifiable and can stand up to public scrutiny. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B27BE7" w:rsidRPr="008F1687" w14:paraId="16BC624C" w14:textId="77777777" w:rsidTr="0017656F">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="pct"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w14:paraId="4256EBB4" w14:textId="77777777" w:rsidR="00B27BE7" w:rsidRPr="008F1687" w:rsidRDefault="00B27BE7" w:rsidP="0017656F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F1687">
               <w:rPr>
@@ -1867,58 +1984,58 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B27BE7" w:rsidSect="00B27BE7">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1135" w:right="1558" w:bottom="1247" w:left="1247" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12DA27DC" w14:textId="77777777" w:rsidR="00E63326" w:rsidRDefault="00E63326" w:rsidP="00B27BE7">
+    <w:p w14:paraId="70892D18" w14:textId="77777777" w:rsidR="00D0640F" w:rsidRDefault="00D0640F" w:rsidP="00B27BE7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37DDF094" w14:textId="77777777" w:rsidR="00E63326" w:rsidRDefault="00E63326" w:rsidP="00B27BE7">
+    <w:p w14:paraId="1C139824" w14:textId="77777777" w:rsidR="00D0640F" w:rsidRDefault="00D0640F" w:rsidP="00B27BE7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
@@ -1932,58 +2049,58 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="721FE30C" w14:textId="77777777" w:rsidR="00E63326" w:rsidRDefault="00E63326" w:rsidP="00B27BE7">
+    <w:p w14:paraId="64CB92BF" w14:textId="77777777" w:rsidR="00D0640F" w:rsidRDefault="00D0640F" w:rsidP="00B27BE7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21CA1B53" w14:textId="77777777" w:rsidR="00E63326" w:rsidRDefault="00E63326" w:rsidP="00B27BE7">
+    <w:p w14:paraId="7DD038D5" w14:textId="77777777" w:rsidR="00D0640F" w:rsidRDefault="00D0640F" w:rsidP="00B27BE7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="762C7E8E" w14:textId="6B037631" w:rsidR="00B27BE7" w:rsidRDefault="00B27BE7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EDA2BBC" wp14:editId="4FBA03A2">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
@@ -2563,73 +2680,88 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:caps/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:vanish w:val="0"/>
           <w:kern w:val="20"/>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="baseline"/>
           <w14:cntxtAlts w14:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="266161702">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B27BE7"/>
+    <w:rsid w:val="00130B52"/>
+    <w:rsid w:val="00140A75"/>
+    <w:rsid w:val="004919BC"/>
+    <w:rsid w:val="0059545C"/>
+    <w:rsid w:val="005A5CDD"/>
     <w:rsid w:val="005B7CED"/>
+    <w:rsid w:val="0072323D"/>
+    <w:rsid w:val="00826FBC"/>
+    <w:rsid w:val="008532B2"/>
+    <w:rsid w:val="008829AD"/>
+    <w:rsid w:val="00AA7D9D"/>
     <w:rsid w:val="00B27BE7"/>
+    <w:rsid w:val="00BA0BB4"/>
+    <w:rsid w:val="00D0640F"/>
     <w:rsid w:val="00E63326"/>
+    <w:rsid w:val="00F51301"/>
+    <w:rsid w:val="00FC3C70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F679025"/>
@@ -3583,51 +3715,51 @@
       <w:lang w:eastAsia="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText1Char">
     <w:name w:val="Body Text 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText1"/>
     <w:rsid w:val="00B27BE7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="AppendixHeadingsList">
     <w:name w:val="_AppendixHeadingsList"/>
     <w:basedOn w:val="NoList"/>
     <w:semiHidden/>
     <w:rsid w:val="00B27BE7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AppendixHdg1">
     <w:name w:val="Appendix Hdg 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText1"/>
     <w:link w:val="AppendixHdg1Char"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B27BE7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pageBreakBefore/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="480"/>
       <w:ind w:left="1701"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
       <w:caps/>
@@ -3772,624 +3904,641 @@
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B27BE7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B27BE7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008829AD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="06BC2E5031E5414C8F153CFAF11F234B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{03462C3A-ECFC-4989-8FD6-95C2E2ECAABC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="06BC2E5031E5414C8F153CFAF11F234B"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>Name of public authority</w:t>
           </w:r>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8F183891BC2B4F42BD15CAD6AF5C1479"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{999B8F35-625C-468A-AA92-EBD3A8265ADC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="8F183891BC2B4F42BD15CAD6AF5C1479"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Surname]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37DCBFAF522140DE87327B3DE7ACE851"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E2A8A6F5-3C6D-455C-A68B-EE3F25C3C065}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="37DCBFAF522140DE87327B3DE7ACE851"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[First name]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0053B8F682174AE889936FE968F67BFD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA833D72-D953-4146-91B9-38475DEF19ED}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="0053B8F682174AE889936FE968F67BFD"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Position title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="618C8AE84FC249BB971D5C3FC9056116"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4162537D-B69E-4283-8EE1-383F733F5B8E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="618C8AE84FC249BB971D5C3FC9056116"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Division/unit]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5D8AEE410D6A42B594310866FFC138F0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA4FDCF8-7001-43DA-B2E1-9D09E1430E04}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="5D8AEE410D6A42B594310866FFC138F0"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Date to be provided]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1889776F906A4CFAAC337F6873809365"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2468CE8B-94B8-4E2E-856C-9E4736732175}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="1889776F906A4CFAAC337F6873809365"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Description]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="012350AD2712446FB95E1088A538F061"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F25F8961-7CF0-4B8A-9FEB-CAA52F1AB474}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="012350AD2712446FB95E1088A538F061"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Value]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9A1E4EC696C24BBF8D0E058B2C8252CE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{608A4F2C-34DB-4D8E-93AC-824F372723DE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="9A1E4EC696C24BBF8D0E058B2C8252CE"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Name of person/organisation]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14E726EEDAAF4C74B7D8BCA867C0C892"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5A792D4A-992C-4109-9A74-223AE79649CE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="14E726EEDAAF4C74B7D8BCA867C0C892"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Position of person who offered]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B48E521343C4F738BCC1493F7C453E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E226F835-B651-4756-9BE1-1E19ED5892AD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="9B48E521343C4F738BCC1493F7C453E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Reason for offer]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="205FA373C02A41228AF8DE95961DAA35"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5EEFBEAA-9F9F-4899-A962-46ED8B025A9F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="205FA373C02A41228AF8DE95961DAA35"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Enter date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93B63FA9EF4D4E0E93D1E056657A285E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{69AA121B-ACF4-4B54-9C3E-A89DAE635652}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="93B63FA9EF4D4E0E93D1E056657A285E"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Approving officer surname]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="884A33DDFE5B4266A3C2C1C0AAA7E28E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FD1E473D-AB87-48F7-8C9D-8712C922CDB2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="884A33DDFE5B4266A3C2C1C0AAA7E28E"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Approving officer first name]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ED0D040C77DA4AC4B62DCB8E1834921F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EF793891-91EC-4473-8995-5ED2417C26D0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="ED0D040C77DA4AC4B62DCB8E1834921F"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Approving officer position]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="805400B98FC54F67AABE4227B2A023B8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{58CD44A8-4FA5-4AC3-8941-CFD62D1BC41E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="805400B98FC54F67AABE4227B2A023B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Approving officer division/unit]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F69273EA8AB44F82907C3FE2B83CABBF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1904B313-0733-4836-B5B8-329FC188B0E6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0054414E" w:rsidP="0054414E">
+        <w:p w:rsidR="00F5290D" w:rsidRDefault="0054414E" w:rsidP="0054414E">
           <w:pPr>
             <w:pStyle w:val="F69273EA8AB44F82907C3FE2B83CABBF"/>
           </w:pPr>
           <w:r w:rsidRPr="00CD32F2">
             <w:rPr>
               <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:vanish/>
               <w:color w:val="808080"/>
               <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:t>[Enter date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
@@ -4428,53 +4577,59 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0054414E"/>
+    <w:rsid w:val="001D49C2"/>
     <w:rsid w:val="0054414E"/>
     <w:rsid w:val="005B7CED"/>
+    <w:rsid w:val="0072323D"/>
+    <w:rsid w:val="00826FBC"/>
     <w:rsid w:val="00980616"/>
+    <w:rsid w:val="00BA0BB4"/>
+    <w:rsid w:val="00C87C2A"/>
+    <w:rsid w:val="00F5290D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -5279,63 +5434,63 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>250</Words>
-  <Characters>1427</Characters>
+  <Words>245</Words>
+  <Characters>1445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1674</CharactersWithSpaces>
+  <CharactersWithSpaces>1641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>WYATT Ann [Risk and Assurance]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>3b46313d,10d88030,3b2f10bd</vt:lpwstr>
   </property>