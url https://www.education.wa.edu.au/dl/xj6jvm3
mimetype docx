--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -8,74 +8,76 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D8DAD2D" w14:textId="06124458" w:rsidR="00687128" w:rsidRPr="00730EAA" w:rsidRDefault="00730EAA" w:rsidP="00C015E3">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="56E621CD" w14:textId="7FB40689" w:rsidR="00406B6F" w:rsidRDefault="00A23A8F" w:rsidP="00133CAD">
+      <w:pPr>
+        <w:pStyle w:val="AppendixHdg1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc139033611"/>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:t>Appendix C. TEMPLATE RISK ASSESSMENT</w:t>
+        <w:t>a</w:t>
       </w:r>
+      <w:r w:rsidR="00133CAD">
+        <w:t xml:space="preserve">ppendix C </w:t>
+      </w:r>
+      <w:r w:rsidR="004869EC">
+        <w:t xml:space="preserve">TEMPLATE </w:t>
+      </w:r>
+      <w:r w:rsidR="00481D7B">
+        <w:t>RISK ASSESSMENT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="2336C751" w14:textId="77777777" w:rsidR="00730EAA" w:rsidRPr="00C015E3" w:rsidRDefault="00730EAA" w:rsidP="00C015E3">
+    <w:p w14:paraId="0D8DAD2D" w14:textId="77777777" w:rsidR="00687128" w:rsidRPr="00C015E3" w:rsidRDefault="00687128" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="3828"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C3CCC" w:rsidRPr="00C015E3" w14:paraId="4BF37831" w14:textId="77777777" w:rsidTr="00687128">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
@@ -193,75 +195,51 @@
             <w:r w:rsidRPr="002622C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Where:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A09A6AF" w14:textId="4A7F9A5A" w:rsidR="00072551" w:rsidRPr="0009708D" w:rsidRDefault="00072551" w:rsidP="00072551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0026465F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> Traditional place name</w:t>
+              <w:t>(include Traditional place name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> where possible</w:t>
             </w:r>
             <w:r w:rsidRPr="0026465F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -334,75 +312,51 @@
             <w:r w:rsidR="00072551" w:rsidRPr="002622C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BF686D7" w14:textId="29CF7513" w:rsidR="00631E92" w:rsidRPr="0009708D" w:rsidRDefault="00631E92" w:rsidP="00072551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031450C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">(if </w:t>
             </w:r>
             <w:r w:rsidR="0031450C" w:rsidRPr="0031450C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>known)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B9FD539" w14:textId="77777777" w:rsidR="00072551" w:rsidRPr="00C015E3" w:rsidRDefault="00072551" w:rsidP="00072551">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -914,87 +868,73 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="5036185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="54863322" w14:textId="5F74A6F3" w:rsidR="00F60A4C" w:rsidRPr="002865B5" w:rsidRDefault="00F60A4C" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B6493B7" w14:textId="537AAB91" w:rsidR="006947DF" w:rsidRDefault="006947DF">
-[...13 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2414C25A" w14:textId="77777777" w:rsidR="00F60A4C" w:rsidRDefault="00F60A4C" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FB73E74" w14:textId="13FD462D" w:rsidR="009D576F" w:rsidRDefault="000C3634" w:rsidP="000C3634">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA04F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Consider likelihood on a ‘per activity’ basis. For example, a student riding a bicycle is at risk of injury from a fall. The likelihood of a fall during one ride might be assessed as rare, even though over the course of the year with a high number of rides undertaken it could increase </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EA04F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00245980">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> possible or </w:t>
       </w:r>
       <w:r w:rsidR="00462693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1140,57 +1080,56 @@
       <w:r w:rsidR="00BF7FB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Similarly</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA04F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, the consequence rating of an accident may also be reduced by enforcing the wearing of helmets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE4A523" w14:textId="77777777" w:rsidR="000C3634" w:rsidRDefault="000C3634" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A8AB572" w14:textId="7E08EA1C" w:rsidR="00B57F20" w:rsidRPr="00F822C0" w:rsidRDefault="00B57F20" w:rsidP="7CAC0327">
+    <w:p w14:paraId="0A8AB572" w14:textId="7E08EA1C" w:rsidR="00B57F20" w:rsidRPr="004F2C48" w:rsidRDefault="00B57F20" w:rsidP="7CAC0327">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7CAC0327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>These</w:t>
       </w:r>
       <w:r w:rsidR="00E526AF" w:rsidRPr="7CAC0327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> risk </w:t>
       </w:r>
       <w:r w:rsidRPr="7CAC0327">
@@ -1209,62 +1148,61 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">are provided as a guide only </w:t>
       </w:r>
       <w:r w:rsidR="00912CC9" w:rsidRPr="7CAC0327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">on how to complete a risk assessment. </w:t>
       </w:r>
       <w:r w:rsidR="00104DF1" w:rsidRPr="7CAC0327">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The example controls are not mandatory and are not intended to be an exhaustive list.</w:t>
+        <w:t xml:space="preserve">The example controls are not mandatory and are not intended to be an exhaustive </w:t>
       </w:r>
-      <w:r w:rsidR="00104DF1" w:rsidRPr="7CAC0327">
+      <w:r w:rsidR="00104DF1" w:rsidRPr="004F2C48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">list. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C41251" w14:textId="77777777" w:rsidR="00B57F20" w:rsidRPr="002865B5" w:rsidRDefault="00B57F20" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1247"/>
       </w:tblGrid>
       <w:tr w:rsidR="001C5A06" w14:paraId="2E4B9019" w14:textId="77777777" w:rsidTr="00154659">
         <w:trPr>
@@ -2058,99 +1996,83 @@
               <w:t>while at the designated activity.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1749AC0B" w14:textId="77777777" w:rsidR="001C5A06" w:rsidRPr="00E70EFD" w:rsidRDefault="001C5A06" w:rsidP="00154659">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Students instructed to contact staff if </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">illness or injury </w:t>
+              <w:t>illness or injury occurs</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0059F279" w14:textId="77777777" w:rsidR="001C5A06" w:rsidRPr="00E70EFD" w:rsidRDefault="001C5A06" w:rsidP="00154659">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E70EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Students </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>must be</w:t>
             </w:r>
             <w:r w:rsidRPr="00E70EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in pairs or </w:t>
+              <w:t xml:space="preserve"> in pairs or more</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="15B7C295" w14:textId="77777777" w:rsidR="001C5A06" w:rsidRDefault="001C5A06" w:rsidP="00154659">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Location of and directions to </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66985">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">closest medical </w:t>
             </w:r>
@@ -2702,746 +2624,907 @@
           <w:p w14:paraId="7330AA4C" w14:textId="77777777" w:rsidR="001C5A06" w:rsidRDefault="001C5A06" w:rsidP="00154659">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F61FA58" w14:textId="77777777" w:rsidR="00DF2C2F" w:rsidRDefault="00DF2C2F" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C6FDEB7" w14:textId="77777777" w:rsidR="007E2567" w:rsidRDefault="007E2567" w:rsidP="00C015E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40836FD5" w14:textId="77777777" w:rsidR="007E2567" w:rsidRDefault="007E2567" w:rsidP="00C015E3">
-[...13 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3397"/>
         <w:gridCol w:w="7059"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00916812" w14:paraId="1959F213" w14:textId="77777777" w:rsidTr="7CAC0327">
+      <w:tr w:rsidR="00916812" w14:paraId="1959F213" w14:textId="77777777" w:rsidTr="00C11EF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="172"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="73FB96DC" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:p w14:paraId="15D7614C" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="00133CAD" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3B7B">
+            <w:r w:rsidRPr="00133CAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">I </w:t>
-[...27 lines deleted...]
-              <w:t>accurate and complete.</w:t>
+              <w:t>Based on this risk assessment and in line with the Leisure Activities in Residential Facilities Procedures I deem this leisure activity to be:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15D7614C" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:p w14:paraId="142E67C0" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="00133CAD" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3B7B">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="318368D8" w14:textId="7CBE5720" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2569"/>
+              <w:gridCol w:w="7661"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00133CAD" w:rsidRPr="00133CAD" w14:paraId="3BF731E3" w14:textId="77777777" w:rsidTr="002A35F2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2569" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="10CA40A3" w14:textId="09F7CE74" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00AA67AC">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="120"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Risk rating</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7661" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3A1E6AE2" w14:textId="56C86F8E" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00AA67AC">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="120"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Guidance</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00133CAD" w:rsidRPr="00133CAD" w14:paraId="5B39C290" w14:textId="77777777" w:rsidTr="002A35F2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2569" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1541A217" w14:textId="74EC5494" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="120"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>☐</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>Low risk</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7661" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="11F410EB" w14:textId="14F2F57D" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Low risk activities may </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A31E66" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>be authorised by the college manager / Residential manager</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00133CAD" w:rsidRPr="00133CAD" w14:paraId="38D6AEB9" w14:textId="77777777" w:rsidTr="002A35F2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2569" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="51E9FB2F" w14:textId="54A9F59F" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="120"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                      <w:b/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="32"/>
+                    </w:rPr>
+                    <w:t>☐</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:t>Medium risk</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7661" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="185610FE" w14:textId="399EDFE5" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00D755FB" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Medium risk activities are to be </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00787A22" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>submitt</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ed to the Manager Residential Colleges or </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00212ADD" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">principal. </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00363BAD" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Forward the </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001A768E" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">signed and </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00212ADD" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>completed risk assessment</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004A59AD" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00212ADD" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="004C665B" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">the signed and completed </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001A768E" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Leisure Activities </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D607E3" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>Planning Form</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004C665B" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> and any other relevant documentation (e.g. </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00491CB3" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>evidence of public liability insurance)</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D607E3" w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00133CAD" w:rsidRPr="00133CAD" w14:paraId="005CE75A" w14:textId="77777777" w:rsidTr="002A35F2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2569" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1EF9CFDE" w14:textId="27260327" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00A67181" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="120"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                      <w:b/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>☐</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                    </w:rPr>
+                    <w:tab/>
+                    <w:t>High risk</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7661" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="70A83743" w14:textId="2CA7F70D" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="002A35F2" w:rsidP="00A67181">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00133CAD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>High risk activities are not authorised.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="318368D8" w14:textId="7CBE5720" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00114CF4" w:rsidP="00916812">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916812" w14:paraId="1F7989EA" w14:textId="77777777" w:rsidTr="7CAC0327">
+      <w:tr w:rsidR="00133CAD" w:rsidRPr="00133CAD" w14:paraId="1F7989EA" w14:textId="77777777" w:rsidTr="00C11EF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="597"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FA1CE45" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:p w14:paraId="56D40967" w14:textId="530D674F" w:rsidR="00114CF4" w:rsidRPr="00133CAD" w:rsidRDefault="00114CF4" w:rsidP="00114CF4">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...77 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3B7B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001D3B7B">
+            <w:r w:rsidRPr="00133CAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
-              <w:tab/>
-              <w:t>High risk and is not authorised</w:t>
+              <w:t>I endorse this risk assessment as accurate and complete:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916812" w14:paraId="27A66E9F" w14:textId="77777777" w:rsidTr="7CAC0327">
+      <w:tr w:rsidR="00916812" w14:paraId="27A66E9F" w14:textId="77777777" w:rsidTr="00C11EF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="255A784F" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
-[...7 lines deleted...]
-          <w:p w14:paraId="1AC625C6" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:p w14:paraId="70C78606" w14:textId="77777777" w:rsidR="002F0AA7" w:rsidRPr="001D3B7B" w:rsidRDefault="002F0AA7" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EA3E3D0" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Name of College manager / </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="306775F5" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Residential manager:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AA880F2" w14:textId="2B637084" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7059" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6661B77D" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D6786AD" w14:textId="0CE91F48" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916812" w14:paraId="0981A29E" w14:textId="77777777" w:rsidTr="7CAC0327">
+      <w:tr w:rsidR="00916812" w14:paraId="0981A29E" w14:textId="77777777" w:rsidTr="00C11EF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C251837" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="061EB227" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62A5302C" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
+          <w:p w14:paraId="4E2622BC" w14:textId="77777777" w:rsidR="00CE262C" w:rsidRPr="00133CAD" w:rsidRDefault="00916812" w:rsidP="00CE262C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Signed:</w:t>
+              <w:t>Signed</w:t>
+            </w:r>
+            <w:r w:rsidR="00047694">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00047694" w:rsidRPr="00133CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE262C" w:rsidRPr="00133CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">College manager / </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A5302C" w14:textId="280F715F" w:rsidR="00916812" w:rsidRPr="00133CAD" w:rsidRDefault="00CE262C" w:rsidP="00CE262C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Residential manager</w:t>
+            </w:r>
+            <w:r w:rsidR="00916812" w:rsidRPr="00133CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36EE8016" w14:textId="1757BC5C" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7059" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5427CD13" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76B499EA" w14:textId="54B23854" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916812" w14:paraId="26090AD1" w14:textId="77777777" w:rsidTr="7CAC0327">
+      <w:tr w:rsidR="00916812" w14:paraId="26090AD1" w14:textId="77777777" w:rsidTr="00C11EF7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7635F60D" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F2D4A69" w14:textId="77777777" w:rsidR="00916812" w:rsidRPr="001D3B7B" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="578C5105" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D483D92" w14:textId="0A5A33A5" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7059" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45E4CE9C" w14:textId="77777777" w:rsidR="00916812" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="676EF064" w14:textId="4D22AA1C" w:rsidR="00916812" w:rsidRPr="00510E1F" w:rsidRDefault="00916812" w:rsidP="00916812">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A62071F" w14:textId="77777777" w:rsidR="002212C0" w:rsidRPr="00C015E3" w:rsidRDefault="002212C0" w:rsidP="00C015E3">
-[...6 lines deleted...]
-    <w:p w14:paraId="3C723659" w14:textId="77777777" w:rsidR="001E769F" w:rsidRPr="0068312D" w:rsidRDefault="001E769F" w:rsidP="001E769F">
+    <w:p w14:paraId="055481F9" w14:textId="666B41C6" w:rsidR="004817A7" w:rsidRDefault="004817A7" w:rsidP="00133CAD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="3"/>
         <w:ind w:right="321"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="049BC436" w14:textId="177C106E" w:rsidR="001E769F" w:rsidRPr="0068312D" w:rsidRDefault="001E769F" w:rsidP="001E769F">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="001E769F" w:rsidRPr="0068312D" w:rsidSect="00730EAA">
+    <w:sectPr w:rsidR="004817A7" w:rsidSect="004817A7">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BDE8F92" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902" w:rsidP="006451B6">
+    <w:p w14:paraId="3DF31738" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1" w:rsidP="006451B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5326468D" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902" w:rsidP="006451B6">
+    <w:p w14:paraId="5DA3B413" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1" w:rsidP="006451B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="46337EAF" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902"/>
+    <w:p w14:paraId="71424DDE" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7B807EC1" w14:textId="62831100" w:rsidR="00E07CD2" w:rsidRDefault="00FA245F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B807EC1" w14:textId="1E68FEFF" w:rsidR="00E07CD2" w:rsidRDefault="00FA245F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>DOCPROPERTY "Title"</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EB139E">
+    <w:r w:rsidR="00AA67AC">
       <w:t>Leisure Activities in Residential Facilities Procedures</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0B8B9F70" w14:textId="22E3837C" w:rsidR="00E07CD2" w:rsidRPr="006451B6" w:rsidRDefault="00E07CD2" w:rsidP="006451B6">
+  <w:p w14:paraId="0B8B9F70" w14:textId="713BDA77" w:rsidR="00E07CD2" w:rsidRPr="006451B6" w:rsidRDefault="00E07CD2" w:rsidP="006451B6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AA880F1" wp14:editId="1D675E24">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5163820</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>137160</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="820800" cy="162000"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="13" name="Picture 13"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3480,83 +3563,83 @@
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006451B6">
       <w:instrText>DOCPROPERTY FooterStatement</w:instrText>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EB139E">
+    <w:r w:rsidR="00AA67AC">
       <w:t>All policy and procedural statements contained within this document are lawful orders for the purposes of section 80(a) of the Public Sector Management Act 1994 (WA) and are therefore to be observed by all Department of Education employees.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4011592A" w14:textId="364A098A" w:rsidR="00F71A23" w:rsidRDefault="00FA245F" w:rsidP="00F71A23">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4011592A" w14:textId="424A33D6" w:rsidR="00F71A23" w:rsidRDefault="00FA245F" w:rsidP="00F71A23">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>DOCPROPERTY "Title"</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EB139E">
+    <w:r w:rsidR="00AA67AC">
       <w:t>Leisure Activities in Residential Facilities Procedures</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="74966603" w14:textId="6DAC5B18" w:rsidR="00F71A23" w:rsidRPr="006451B6" w:rsidRDefault="00F71A23" w:rsidP="00F71A23">
+  <w:p w14:paraId="74966603" w14:textId="063CAFEF" w:rsidR="00F71A23" w:rsidRPr="006451B6" w:rsidRDefault="00F71A23" w:rsidP="00F71A23">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48D4856A" wp14:editId="1C0F04F5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5163820</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>137160</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="820800" cy="162000"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3595,89 +3678,89 @@
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006451B6">
       <w:instrText>DOCPROPERTY FooterStatement</w:instrText>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EB139E">
+    <w:r w:rsidR="00AA67AC">
       <w:t>All policy and procedural statements contained within this document are lawful orders for the purposes of section 80(a) of the Public Sector Management Act 1994 (WA) and are therefore to be observed by all Department of Education employees.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3D965958" w14:textId="77777777" w:rsidR="005314DB" w:rsidRPr="00F71A23" w:rsidRDefault="005314DB" w:rsidP="00F71A23">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54FEECDC" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902" w:rsidP="006451B6">
+    <w:p w14:paraId="0D357713" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1" w:rsidP="006451B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AE512C6" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902" w:rsidP="006451B6">
+    <w:p w14:paraId="5E72F083" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1" w:rsidP="006451B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2191607C" w14:textId="77777777" w:rsidR="007E0902" w:rsidRDefault="007E0902"/>
+    <w:p w14:paraId="602F37DE" w14:textId="77777777" w:rsidR="002B57E1" w:rsidRDefault="002B57E1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A184C2EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06C84991"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0540564"/>
     <w:lvl w:ilvl="0" w:tplc="2AEAB576">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7447,1430 +7530,1513 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="317537625">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2106463579">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="343285583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1873961541">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1075012045">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1496797991">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="17"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="C004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C12F5"/>
     <w:rsid w:val="00002879"/>
     <w:rsid w:val="00004138"/>
     <w:rsid w:val="000106CA"/>
     <w:rsid w:val="00011653"/>
     <w:rsid w:val="00015332"/>
     <w:rsid w:val="00015E72"/>
     <w:rsid w:val="00017AE2"/>
     <w:rsid w:val="000204C1"/>
     <w:rsid w:val="00021214"/>
     <w:rsid w:val="00023976"/>
     <w:rsid w:val="00024D37"/>
     <w:rsid w:val="00025874"/>
     <w:rsid w:val="000262E8"/>
     <w:rsid w:val="00026655"/>
     <w:rsid w:val="00027A82"/>
     <w:rsid w:val="000306F9"/>
     <w:rsid w:val="000308E7"/>
+    <w:rsid w:val="00031894"/>
     <w:rsid w:val="00031E8E"/>
     <w:rsid w:val="000321E4"/>
     <w:rsid w:val="000329BA"/>
     <w:rsid w:val="00033272"/>
     <w:rsid w:val="0003439B"/>
     <w:rsid w:val="00035145"/>
     <w:rsid w:val="00035A98"/>
     <w:rsid w:val="000379FE"/>
     <w:rsid w:val="00043334"/>
     <w:rsid w:val="00043C50"/>
     <w:rsid w:val="00043FBC"/>
     <w:rsid w:val="0004407B"/>
     <w:rsid w:val="00045C59"/>
+    <w:rsid w:val="00047694"/>
     <w:rsid w:val="00047CFD"/>
     <w:rsid w:val="00052B95"/>
     <w:rsid w:val="0005340E"/>
     <w:rsid w:val="00053A31"/>
     <w:rsid w:val="00057F33"/>
+    <w:rsid w:val="00060CD0"/>
     <w:rsid w:val="00060D65"/>
     <w:rsid w:val="0006399A"/>
     <w:rsid w:val="0006492F"/>
     <w:rsid w:val="000651D2"/>
     <w:rsid w:val="000664A4"/>
     <w:rsid w:val="00070352"/>
+    <w:rsid w:val="000709B3"/>
     <w:rsid w:val="000709F4"/>
     <w:rsid w:val="00071066"/>
     <w:rsid w:val="00071094"/>
     <w:rsid w:val="00072551"/>
     <w:rsid w:val="00075A13"/>
     <w:rsid w:val="00076FD4"/>
     <w:rsid w:val="00080590"/>
     <w:rsid w:val="00081F80"/>
     <w:rsid w:val="000847D6"/>
     <w:rsid w:val="000850F7"/>
     <w:rsid w:val="00086113"/>
     <w:rsid w:val="00086118"/>
     <w:rsid w:val="0008770C"/>
     <w:rsid w:val="00092000"/>
+    <w:rsid w:val="00095256"/>
     <w:rsid w:val="000954B1"/>
     <w:rsid w:val="00097042"/>
     <w:rsid w:val="0009708D"/>
     <w:rsid w:val="000A00D1"/>
     <w:rsid w:val="000A1A1B"/>
     <w:rsid w:val="000A2F18"/>
     <w:rsid w:val="000A3439"/>
     <w:rsid w:val="000A37F5"/>
     <w:rsid w:val="000A389A"/>
     <w:rsid w:val="000A3D5C"/>
     <w:rsid w:val="000A4FA4"/>
     <w:rsid w:val="000A53D5"/>
     <w:rsid w:val="000A64FD"/>
     <w:rsid w:val="000A6858"/>
+    <w:rsid w:val="000B18CC"/>
     <w:rsid w:val="000B36C4"/>
     <w:rsid w:val="000B6260"/>
     <w:rsid w:val="000C3610"/>
     <w:rsid w:val="000C3634"/>
     <w:rsid w:val="000C430E"/>
     <w:rsid w:val="000C506E"/>
     <w:rsid w:val="000C5D62"/>
     <w:rsid w:val="000C61B4"/>
     <w:rsid w:val="000C63AC"/>
     <w:rsid w:val="000C67DA"/>
     <w:rsid w:val="000D0692"/>
     <w:rsid w:val="000D2DFD"/>
     <w:rsid w:val="000D4373"/>
+    <w:rsid w:val="000E0450"/>
     <w:rsid w:val="000E1A7B"/>
     <w:rsid w:val="000E1BA7"/>
     <w:rsid w:val="000E26D7"/>
     <w:rsid w:val="000E3B5C"/>
     <w:rsid w:val="000E458E"/>
     <w:rsid w:val="000E6EBE"/>
     <w:rsid w:val="000F0C5D"/>
+    <w:rsid w:val="000F1571"/>
     <w:rsid w:val="000F17E0"/>
     <w:rsid w:val="000F2837"/>
     <w:rsid w:val="000F3BCD"/>
     <w:rsid w:val="000F4181"/>
     <w:rsid w:val="000F64C4"/>
     <w:rsid w:val="000F6E5E"/>
+    <w:rsid w:val="00100DEA"/>
     <w:rsid w:val="0010143B"/>
     <w:rsid w:val="00102F91"/>
     <w:rsid w:val="001045CE"/>
     <w:rsid w:val="0010492F"/>
     <w:rsid w:val="00104DF1"/>
     <w:rsid w:val="00106387"/>
     <w:rsid w:val="00106F13"/>
     <w:rsid w:val="00110CD4"/>
     <w:rsid w:val="00111386"/>
     <w:rsid w:val="00111ED8"/>
     <w:rsid w:val="00112B5A"/>
+    <w:rsid w:val="00114CF4"/>
     <w:rsid w:val="00120FDF"/>
     <w:rsid w:val="00124B94"/>
     <w:rsid w:val="00130537"/>
     <w:rsid w:val="001311C9"/>
     <w:rsid w:val="00133ADB"/>
+    <w:rsid w:val="00133CAD"/>
     <w:rsid w:val="001344CA"/>
+    <w:rsid w:val="00135E8D"/>
     <w:rsid w:val="00136C4D"/>
     <w:rsid w:val="00137EC7"/>
+    <w:rsid w:val="00140FA3"/>
     <w:rsid w:val="0014385F"/>
     <w:rsid w:val="001439B3"/>
     <w:rsid w:val="00143CD7"/>
     <w:rsid w:val="00143E6E"/>
     <w:rsid w:val="0014572C"/>
     <w:rsid w:val="00147582"/>
     <w:rsid w:val="00147C42"/>
     <w:rsid w:val="00147EC7"/>
     <w:rsid w:val="00153222"/>
     <w:rsid w:val="001612CC"/>
     <w:rsid w:val="00161D8C"/>
     <w:rsid w:val="00162273"/>
     <w:rsid w:val="00163C69"/>
     <w:rsid w:val="00164563"/>
     <w:rsid w:val="00165C08"/>
+    <w:rsid w:val="00165EA3"/>
     <w:rsid w:val="001664CC"/>
     <w:rsid w:val="0016728F"/>
     <w:rsid w:val="00173C12"/>
     <w:rsid w:val="00173C18"/>
     <w:rsid w:val="00174F01"/>
     <w:rsid w:val="00174F4E"/>
     <w:rsid w:val="00175A49"/>
     <w:rsid w:val="00177D87"/>
     <w:rsid w:val="00177FFA"/>
     <w:rsid w:val="001809E9"/>
     <w:rsid w:val="00182A5F"/>
     <w:rsid w:val="001839A5"/>
     <w:rsid w:val="00183E49"/>
+    <w:rsid w:val="0018495A"/>
     <w:rsid w:val="00184D50"/>
     <w:rsid w:val="00185A7D"/>
+    <w:rsid w:val="001877F9"/>
     <w:rsid w:val="00190D6D"/>
     <w:rsid w:val="0019129C"/>
     <w:rsid w:val="0019272A"/>
     <w:rsid w:val="00195BC7"/>
     <w:rsid w:val="00196247"/>
     <w:rsid w:val="00197281"/>
     <w:rsid w:val="0019733A"/>
     <w:rsid w:val="00197628"/>
     <w:rsid w:val="001A1C1F"/>
     <w:rsid w:val="001A2773"/>
+    <w:rsid w:val="001A29DA"/>
     <w:rsid w:val="001A2B99"/>
     <w:rsid w:val="001A348D"/>
+    <w:rsid w:val="001A36EE"/>
     <w:rsid w:val="001A40B5"/>
     <w:rsid w:val="001A5943"/>
     <w:rsid w:val="001A6894"/>
+    <w:rsid w:val="001A768E"/>
     <w:rsid w:val="001B0F27"/>
     <w:rsid w:val="001B22BB"/>
+    <w:rsid w:val="001B3229"/>
     <w:rsid w:val="001B380A"/>
     <w:rsid w:val="001B3E67"/>
     <w:rsid w:val="001B41D4"/>
     <w:rsid w:val="001B43D4"/>
     <w:rsid w:val="001B5052"/>
     <w:rsid w:val="001B5361"/>
     <w:rsid w:val="001B665D"/>
     <w:rsid w:val="001C0AB4"/>
     <w:rsid w:val="001C1FB3"/>
     <w:rsid w:val="001C27BF"/>
+    <w:rsid w:val="001C31FA"/>
     <w:rsid w:val="001C4A41"/>
     <w:rsid w:val="001C4D3E"/>
     <w:rsid w:val="001C5087"/>
     <w:rsid w:val="001C5524"/>
     <w:rsid w:val="001C58A7"/>
     <w:rsid w:val="001C5A06"/>
     <w:rsid w:val="001C7C17"/>
     <w:rsid w:val="001D1D41"/>
     <w:rsid w:val="001D1E76"/>
     <w:rsid w:val="001D3B7B"/>
     <w:rsid w:val="001D447C"/>
     <w:rsid w:val="001D5027"/>
     <w:rsid w:val="001D51F2"/>
     <w:rsid w:val="001D675B"/>
     <w:rsid w:val="001D6E31"/>
     <w:rsid w:val="001D71A5"/>
     <w:rsid w:val="001E0638"/>
     <w:rsid w:val="001E613D"/>
     <w:rsid w:val="001E7202"/>
     <w:rsid w:val="001E769F"/>
     <w:rsid w:val="001F0073"/>
     <w:rsid w:val="001F2D99"/>
     <w:rsid w:val="001F3033"/>
     <w:rsid w:val="001F32DA"/>
     <w:rsid w:val="001F5662"/>
     <w:rsid w:val="001F734D"/>
     <w:rsid w:val="00200D8F"/>
     <w:rsid w:val="00201CEF"/>
     <w:rsid w:val="002033F2"/>
     <w:rsid w:val="00203C9F"/>
     <w:rsid w:val="00203DDE"/>
     <w:rsid w:val="0020702C"/>
     <w:rsid w:val="002070A5"/>
+    <w:rsid w:val="00207108"/>
     <w:rsid w:val="002104A6"/>
+    <w:rsid w:val="00212ADD"/>
     <w:rsid w:val="00213DE5"/>
     <w:rsid w:val="00213E35"/>
     <w:rsid w:val="002153D8"/>
     <w:rsid w:val="00216908"/>
     <w:rsid w:val="0021730B"/>
     <w:rsid w:val="00217F96"/>
     <w:rsid w:val="002207F5"/>
     <w:rsid w:val="002212C0"/>
     <w:rsid w:val="00221F9C"/>
     <w:rsid w:val="00222D61"/>
     <w:rsid w:val="00223A44"/>
     <w:rsid w:val="00224402"/>
     <w:rsid w:val="00225796"/>
     <w:rsid w:val="00225D8B"/>
     <w:rsid w:val="00227A8E"/>
     <w:rsid w:val="00227A9D"/>
+    <w:rsid w:val="00227F96"/>
     <w:rsid w:val="00230258"/>
     <w:rsid w:val="0023182D"/>
     <w:rsid w:val="00232E9B"/>
-    <w:rsid w:val="00234B3D"/>
     <w:rsid w:val="00235D8E"/>
     <w:rsid w:val="00237371"/>
     <w:rsid w:val="0024055A"/>
     <w:rsid w:val="002405B3"/>
     <w:rsid w:val="0024266C"/>
     <w:rsid w:val="002431D3"/>
     <w:rsid w:val="0024363E"/>
     <w:rsid w:val="00243B11"/>
     <w:rsid w:val="00245980"/>
+    <w:rsid w:val="002504FE"/>
     <w:rsid w:val="00251DD1"/>
     <w:rsid w:val="00252B7F"/>
     <w:rsid w:val="00253981"/>
     <w:rsid w:val="0025576E"/>
     <w:rsid w:val="00255B9B"/>
     <w:rsid w:val="002567F7"/>
     <w:rsid w:val="00260485"/>
     <w:rsid w:val="002622C0"/>
     <w:rsid w:val="0026465F"/>
     <w:rsid w:val="00264AA9"/>
     <w:rsid w:val="00264BFE"/>
     <w:rsid w:val="002650E5"/>
     <w:rsid w:val="00265E7F"/>
     <w:rsid w:val="0026629E"/>
     <w:rsid w:val="0026768B"/>
     <w:rsid w:val="00267CAD"/>
     <w:rsid w:val="00270ACB"/>
     <w:rsid w:val="00270B89"/>
     <w:rsid w:val="00271C93"/>
+    <w:rsid w:val="00271DCE"/>
     <w:rsid w:val="002738F1"/>
     <w:rsid w:val="0027429B"/>
     <w:rsid w:val="00274D23"/>
     <w:rsid w:val="002755D1"/>
     <w:rsid w:val="002756F8"/>
     <w:rsid w:val="00275A20"/>
     <w:rsid w:val="002763B8"/>
     <w:rsid w:val="00280D27"/>
     <w:rsid w:val="00281AAD"/>
     <w:rsid w:val="002833C7"/>
     <w:rsid w:val="002865B5"/>
     <w:rsid w:val="00290CD0"/>
     <w:rsid w:val="00290FD5"/>
     <w:rsid w:val="00292640"/>
     <w:rsid w:val="00293272"/>
     <w:rsid w:val="002958E0"/>
     <w:rsid w:val="002970AB"/>
     <w:rsid w:val="0029784D"/>
     <w:rsid w:val="00297D24"/>
     <w:rsid w:val="002A273D"/>
     <w:rsid w:val="002A31F2"/>
     <w:rsid w:val="002A3275"/>
+    <w:rsid w:val="002A35F2"/>
     <w:rsid w:val="002A54F4"/>
     <w:rsid w:val="002A56CC"/>
     <w:rsid w:val="002A6689"/>
     <w:rsid w:val="002A6CC2"/>
     <w:rsid w:val="002A72EF"/>
     <w:rsid w:val="002A781F"/>
     <w:rsid w:val="002B04B9"/>
     <w:rsid w:val="002B06F8"/>
     <w:rsid w:val="002B206D"/>
     <w:rsid w:val="002B3827"/>
+    <w:rsid w:val="002B57E1"/>
     <w:rsid w:val="002B5BA1"/>
     <w:rsid w:val="002B602A"/>
     <w:rsid w:val="002B6EF3"/>
     <w:rsid w:val="002C1053"/>
     <w:rsid w:val="002C1059"/>
     <w:rsid w:val="002C3CAE"/>
     <w:rsid w:val="002C5FB1"/>
     <w:rsid w:val="002C6907"/>
     <w:rsid w:val="002C6F13"/>
     <w:rsid w:val="002C74CD"/>
     <w:rsid w:val="002D4168"/>
     <w:rsid w:val="002D4F3D"/>
     <w:rsid w:val="002D6914"/>
     <w:rsid w:val="002D7882"/>
     <w:rsid w:val="002E13DD"/>
     <w:rsid w:val="002E1F12"/>
     <w:rsid w:val="002E5F50"/>
+    <w:rsid w:val="002F0AA7"/>
     <w:rsid w:val="002F0B02"/>
     <w:rsid w:val="002F149D"/>
     <w:rsid w:val="002F3FDE"/>
     <w:rsid w:val="002F4A8D"/>
     <w:rsid w:val="002F4D1C"/>
     <w:rsid w:val="002F4D2F"/>
     <w:rsid w:val="002F5DF7"/>
     <w:rsid w:val="002F5F9A"/>
     <w:rsid w:val="00300757"/>
     <w:rsid w:val="00303B22"/>
     <w:rsid w:val="003040FA"/>
     <w:rsid w:val="003059BE"/>
     <w:rsid w:val="00306132"/>
     <w:rsid w:val="00310C18"/>
     <w:rsid w:val="00310E13"/>
     <w:rsid w:val="00311B98"/>
     <w:rsid w:val="00313D03"/>
     <w:rsid w:val="0031450C"/>
     <w:rsid w:val="003146C3"/>
     <w:rsid w:val="00314EF3"/>
     <w:rsid w:val="003151A4"/>
     <w:rsid w:val="00315FFF"/>
     <w:rsid w:val="00316956"/>
     <w:rsid w:val="00316C8F"/>
     <w:rsid w:val="00317EAA"/>
     <w:rsid w:val="0032057E"/>
     <w:rsid w:val="00321433"/>
     <w:rsid w:val="00321563"/>
     <w:rsid w:val="00322A5C"/>
     <w:rsid w:val="00323189"/>
     <w:rsid w:val="00323EE1"/>
     <w:rsid w:val="00324852"/>
     <w:rsid w:val="00325918"/>
     <w:rsid w:val="0032670E"/>
     <w:rsid w:val="00326F41"/>
     <w:rsid w:val="00330B04"/>
     <w:rsid w:val="00332720"/>
     <w:rsid w:val="0033345C"/>
     <w:rsid w:val="00335361"/>
     <w:rsid w:val="0033551D"/>
     <w:rsid w:val="003362FC"/>
     <w:rsid w:val="00336464"/>
     <w:rsid w:val="00336749"/>
     <w:rsid w:val="00337B96"/>
     <w:rsid w:val="0034076D"/>
     <w:rsid w:val="00340FA8"/>
     <w:rsid w:val="003410AF"/>
     <w:rsid w:val="003425E6"/>
     <w:rsid w:val="00343441"/>
     <w:rsid w:val="00344FFD"/>
+    <w:rsid w:val="003456FA"/>
     <w:rsid w:val="00345958"/>
     <w:rsid w:val="00346EFE"/>
     <w:rsid w:val="00350CE0"/>
     <w:rsid w:val="00350F4A"/>
     <w:rsid w:val="003514FB"/>
     <w:rsid w:val="00351891"/>
     <w:rsid w:val="00352505"/>
     <w:rsid w:val="00353A7E"/>
     <w:rsid w:val="00354610"/>
     <w:rsid w:val="00354B01"/>
     <w:rsid w:val="00354DE0"/>
     <w:rsid w:val="00360AF0"/>
     <w:rsid w:val="003616EF"/>
     <w:rsid w:val="0036206C"/>
     <w:rsid w:val="00362E44"/>
     <w:rsid w:val="00362ED9"/>
     <w:rsid w:val="00363B2A"/>
+    <w:rsid w:val="00363BAD"/>
     <w:rsid w:val="00364DB0"/>
     <w:rsid w:val="00364EC9"/>
     <w:rsid w:val="0036537D"/>
     <w:rsid w:val="003664C0"/>
     <w:rsid w:val="00366767"/>
     <w:rsid w:val="003710F5"/>
     <w:rsid w:val="003712B3"/>
     <w:rsid w:val="00371CD8"/>
     <w:rsid w:val="003727F4"/>
     <w:rsid w:val="00373861"/>
     <w:rsid w:val="003759D5"/>
     <w:rsid w:val="00376582"/>
     <w:rsid w:val="00376E32"/>
     <w:rsid w:val="003817EB"/>
     <w:rsid w:val="00383702"/>
     <w:rsid w:val="00387D23"/>
     <w:rsid w:val="00391CD8"/>
     <w:rsid w:val="00394AAB"/>
     <w:rsid w:val="003957AB"/>
     <w:rsid w:val="00395C45"/>
     <w:rsid w:val="003966C0"/>
     <w:rsid w:val="00396A51"/>
     <w:rsid w:val="003A0904"/>
     <w:rsid w:val="003A09C7"/>
     <w:rsid w:val="003A10D4"/>
     <w:rsid w:val="003A1E68"/>
+    <w:rsid w:val="003A4C27"/>
     <w:rsid w:val="003A56FC"/>
     <w:rsid w:val="003A5BD7"/>
     <w:rsid w:val="003A7B37"/>
     <w:rsid w:val="003A7F1B"/>
     <w:rsid w:val="003B03E9"/>
     <w:rsid w:val="003B37B3"/>
     <w:rsid w:val="003B71E8"/>
     <w:rsid w:val="003C0D08"/>
     <w:rsid w:val="003C0D37"/>
     <w:rsid w:val="003C12F5"/>
     <w:rsid w:val="003C3B48"/>
     <w:rsid w:val="003C4AD1"/>
     <w:rsid w:val="003D124A"/>
     <w:rsid w:val="003D1284"/>
     <w:rsid w:val="003D24BC"/>
     <w:rsid w:val="003D258D"/>
     <w:rsid w:val="003D4C79"/>
     <w:rsid w:val="003D56B5"/>
     <w:rsid w:val="003E01FC"/>
     <w:rsid w:val="003E17D6"/>
     <w:rsid w:val="003E19D4"/>
     <w:rsid w:val="003E1A36"/>
     <w:rsid w:val="003E1DDA"/>
     <w:rsid w:val="003E504A"/>
     <w:rsid w:val="003E7368"/>
     <w:rsid w:val="003F03DC"/>
     <w:rsid w:val="003F1387"/>
     <w:rsid w:val="003F148F"/>
     <w:rsid w:val="003F19B7"/>
     <w:rsid w:val="003F2247"/>
+    <w:rsid w:val="003F2418"/>
     <w:rsid w:val="003F359F"/>
     <w:rsid w:val="003F43A0"/>
+    <w:rsid w:val="003F5BE1"/>
     <w:rsid w:val="003F5F44"/>
+    <w:rsid w:val="003F63D5"/>
     <w:rsid w:val="003F7674"/>
     <w:rsid w:val="003F7DE8"/>
     <w:rsid w:val="00403ECD"/>
     <w:rsid w:val="004050DF"/>
     <w:rsid w:val="00405D1C"/>
     <w:rsid w:val="00406856"/>
     <w:rsid w:val="00406B6F"/>
     <w:rsid w:val="00406F42"/>
     <w:rsid w:val="0041113E"/>
     <w:rsid w:val="00411C7D"/>
     <w:rsid w:val="00415129"/>
     <w:rsid w:val="00415B2B"/>
     <w:rsid w:val="004169C5"/>
     <w:rsid w:val="00416CBC"/>
     <w:rsid w:val="00417674"/>
     <w:rsid w:val="004211A3"/>
     <w:rsid w:val="0042234C"/>
     <w:rsid w:val="00422521"/>
     <w:rsid w:val="004250D6"/>
     <w:rsid w:val="00425E83"/>
     <w:rsid w:val="00426392"/>
+    <w:rsid w:val="0042649E"/>
     <w:rsid w:val="00427ACC"/>
     <w:rsid w:val="004300B9"/>
     <w:rsid w:val="004300E4"/>
     <w:rsid w:val="00431643"/>
     <w:rsid w:val="00434AD2"/>
     <w:rsid w:val="004364E2"/>
     <w:rsid w:val="00442156"/>
     <w:rsid w:val="00443926"/>
     <w:rsid w:val="00443C48"/>
     <w:rsid w:val="004446E4"/>
     <w:rsid w:val="00445592"/>
     <w:rsid w:val="00445F39"/>
     <w:rsid w:val="0044697B"/>
     <w:rsid w:val="00450553"/>
     <w:rsid w:val="00450943"/>
     <w:rsid w:val="004514C4"/>
     <w:rsid w:val="004514E1"/>
     <w:rsid w:val="00451A2C"/>
     <w:rsid w:val="00451DB0"/>
     <w:rsid w:val="00452182"/>
     <w:rsid w:val="0045382B"/>
     <w:rsid w:val="00454200"/>
     <w:rsid w:val="004549FB"/>
     <w:rsid w:val="00455359"/>
     <w:rsid w:val="0046188F"/>
     <w:rsid w:val="00462651"/>
     <w:rsid w:val="00462693"/>
     <w:rsid w:val="00463185"/>
     <w:rsid w:val="0046475C"/>
     <w:rsid w:val="00466A64"/>
     <w:rsid w:val="00467793"/>
     <w:rsid w:val="004679E3"/>
     <w:rsid w:val="00470B70"/>
     <w:rsid w:val="00470C8E"/>
+    <w:rsid w:val="004760AD"/>
     <w:rsid w:val="00477ADA"/>
     <w:rsid w:val="00477F52"/>
     <w:rsid w:val="00480289"/>
     <w:rsid w:val="0048050B"/>
     <w:rsid w:val="00480588"/>
     <w:rsid w:val="00480DAB"/>
     <w:rsid w:val="004817A7"/>
     <w:rsid w:val="00481D7B"/>
     <w:rsid w:val="0048296D"/>
     <w:rsid w:val="0048366D"/>
     <w:rsid w:val="00483C53"/>
     <w:rsid w:val="0048421F"/>
     <w:rsid w:val="00484497"/>
     <w:rsid w:val="00484547"/>
     <w:rsid w:val="004869EC"/>
     <w:rsid w:val="00486BDA"/>
     <w:rsid w:val="00490370"/>
     <w:rsid w:val="00490FA2"/>
     <w:rsid w:val="0049115C"/>
     <w:rsid w:val="004912C7"/>
     <w:rsid w:val="00491986"/>
     <w:rsid w:val="00491C73"/>
+    <w:rsid w:val="00491CB3"/>
     <w:rsid w:val="004938DE"/>
     <w:rsid w:val="004940C7"/>
     <w:rsid w:val="004956F4"/>
     <w:rsid w:val="004975B7"/>
     <w:rsid w:val="004A1CFE"/>
     <w:rsid w:val="004A4DFF"/>
+    <w:rsid w:val="004A59AD"/>
     <w:rsid w:val="004B2473"/>
+    <w:rsid w:val="004B2C9B"/>
     <w:rsid w:val="004B33CF"/>
     <w:rsid w:val="004B4F70"/>
     <w:rsid w:val="004B589A"/>
     <w:rsid w:val="004B7174"/>
     <w:rsid w:val="004B76B7"/>
     <w:rsid w:val="004B7B82"/>
     <w:rsid w:val="004C1BAA"/>
     <w:rsid w:val="004C2602"/>
     <w:rsid w:val="004C4EE0"/>
     <w:rsid w:val="004C54F8"/>
+    <w:rsid w:val="004C665B"/>
     <w:rsid w:val="004C71E0"/>
     <w:rsid w:val="004C7297"/>
     <w:rsid w:val="004D1628"/>
     <w:rsid w:val="004D29E2"/>
     <w:rsid w:val="004D2B8C"/>
     <w:rsid w:val="004D3498"/>
     <w:rsid w:val="004D498D"/>
     <w:rsid w:val="004D4BF9"/>
     <w:rsid w:val="004D57E7"/>
     <w:rsid w:val="004D646E"/>
     <w:rsid w:val="004D6AEF"/>
     <w:rsid w:val="004D7BB1"/>
     <w:rsid w:val="004E017C"/>
     <w:rsid w:val="004E0294"/>
     <w:rsid w:val="004E1E9F"/>
     <w:rsid w:val="004E3589"/>
     <w:rsid w:val="004E40B4"/>
     <w:rsid w:val="004E6756"/>
     <w:rsid w:val="004E7372"/>
     <w:rsid w:val="004F023E"/>
     <w:rsid w:val="004F1522"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2609"/>
     <w:rsid w:val="004F2BE6"/>
+    <w:rsid w:val="004F2C48"/>
     <w:rsid w:val="004F385D"/>
     <w:rsid w:val="004F5D1F"/>
     <w:rsid w:val="004F6142"/>
     <w:rsid w:val="004F6297"/>
     <w:rsid w:val="00502AB4"/>
     <w:rsid w:val="00504007"/>
     <w:rsid w:val="005042F2"/>
+    <w:rsid w:val="005059C6"/>
     <w:rsid w:val="00510E1F"/>
     <w:rsid w:val="00516C10"/>
     <w:rsid w:val="00517B73"/>
     <w:rsid w:val="00520268"/>
     <w:rsid w:val="00523195"/>
     <w:rsid w:val="005233ED"/>
     <w:rsid w:val="00523D77"/>
     <w:rsid w:val="00524526"/>
     <w:rsid w:val="005272A7"/>
     <w:rsid w:val="00530D66"/>
     <w:rsid w:val="005314DB"/>
     <w:rsid w:val="00532C57"/>
     <w:rsid w:val="00536519"/>
     <w:rsid w:val="00536ED6"/>
     <w:rsid w:val="00537ECD"/>
     <w:rsid w:val="00540078"/>
     <w:rsid w:val="00540A2E"/>
     <w:rsid w:val="00544742"/>
     <w:rsid w:val="005453DF"/>
     <w:rsid w:val="00546309"/>
     <w:rsid w:val="0054639B"/>
     <w:rsid w:val="00550AE7"/>
     <w:rsid w:val="00551266"/>
     <w:rsid w:val="005516BF"/>
     <w:rsid w:val="0055187D"/>
     <w:rsid w:val="005559CE"/>
     <w:rsid w:val="005613B7"/>
     <w:rsid w:val="005617F1"/>
     <w:rsid w:val="005624FA"/>
     <w:rsid w:val="00565C44"/>
     <w:rsid w:val="005661EB"/>
     <w:rsid w:val="00566843"/>
     <w:rsid w:val="005675BF"/>
     <w:rsid w:val="00567B38"/>
     <w:rsid w:val="00571681"/>
     <w:rsid w:val="0057299E"/>
     <w:rsid w:val="0057432D"/>
     <w:rsid w:val="0057440B"/>
     <w:rsid w:val="00574D9F"/>
     <w:rsid w:val="00576B6D"/>
     <w:rsid w:val="0058573E"/>
     <w:rsid w:val="005873BF"/>
+    <w:rsid w:val="00587B3A"/>
     <w:rsid w:val="00587BC6"/>
     <w:rsid w:val="00590172"/>
     <w:rsid w:val="00590815"/>
     <w:rsid w:val="00591EE4"/>
     <w:rsid w:val="005926E3"/>
     <w:rsid w:val="005960F9"/>
     <w:rsid w:val="0059737D"/>
     <w:rsid w:val="005973DB"/>
     <w:rsid w:val="00597D95"/>
     <w:rsid w:val="005B0C4F"/>
     <w:rsid w:val="005B0FD9"/>
     <w:rsid w:val="005B1D82"/>
     <w:rsid w:val="005B2370"/>
     <w:rsid w:val="005B558A"/>
     <w:rsid w:val="005C0224"/>
     <w:rsid w:val="005C0C1C"/>
     <w:rsid w:val="005C5257"/>
     <w:rsid w:val="005C5CBA"/>
     <w:rsid w:val="005C73A0"/>
     <w:rsid w:val="005C7BE2"/>
     <w:rsid w:val="005D2193"/>
+    <w:rsid w:val="005D2571"/>
     <w:rsid w:val="005D2BE4"/>
     <w:rsid w:val="005D32F3"/>
     <w:rsid w:val="005D3F38"/>
     <w:rsid w:val="005D4F70"/>
     <w:rsid w:val="005D566D"/>
     <w:rsid w:val="005E08C2"/>
     <w:rsid w:val="005E1F35"/>
     <w:rsid w:val="005E2EA9"/>
     <w:rsid w:val="005E45E9"/>
     <w:rsid w:val="005E56A3"/>
+    <w:rsid w:val="005F274E"/>
     <w:rsid w:val="005F2E76"/>
     <w:rsid w:val="005F33AA"/>
     <w:rsid w:val="005F4412"/>
     <w:rsid w:val="005F684B"/>
     <w:rsid w:val="005F6CB3"/>
     <w:rsid w:val="005F6DCE"/>
     <w:rsid w:val="006004A0"/>
     <w:rsid w:val="00603B6B"/>
     <w:rsid w:val="00603ED6"/>
     <w:rsid w:val="00604569"/>
     <w:rsid w:val="00604E7C"/>
     <w:rsid w:val="00606393"/>
-    <w:rsid w:val="00610C3F"/>
     <w:rsid w:val="006128D9"/>
     <w:rsid w:val="006135D7"/>
     <w:rsid w:val="00614471"/>
     <w:rsid w:val="00615F0C"/>
     <w:rsid w:val="006253F1"/>
     <w:rsid w:val="00625ED4"/>
     <w:rsid w:val="00631E92"/>
     <w:rsid w:val="00632DED"/>
     <w:rsid w:val="00635684"/>
     <w:rsid w:val="00636495"/>
     <w:rsid w:val="006451B6"/>
     <w:rsid w:val="00645A61"/>
     <w:rsid w:val="00645B81"/>
     <w:rsid w:val="006461A5"/>
     <w:rsid w:val="006470BF"/>
     <w:rsid w:val="0065013C"/>
     <w:rsid w:val="00650BC1"/>
     <w:rsid w:val="006515F6"/>
     <w:rsid w:val="00651F8F"/>
     <w:rsid w:val="00651FA3"/>
     <w:rsid w:val="00654F7B"/>
     <w:rsid w:val="00655DF5"/>
     <w:rsid w:val="00656A95"/>
     <w:rsid w:val="00663727"/>
+    <w:rsid w:val="00670056"/>
     <w:rsid w:val="00670200"/>
     <w:rsid w:val="006708AE"/>
     <w:rsid w:val="006708C9"/>
     <w:rsid w:val="00671615"/>
     <w:rsid w:val="0067328D"/>
     <w:rsid w:val="006766FC"/>
     <w:rsid w:val="006768B1"/>
+    <w:rsid w:val="00676F24"/>
+    <w:rsid w:val="006803B9"/>
     <w:rsid w:val="0068169B"/>
     <w:rsid w:val="00681B6C"/>
     <w:rsid w:val="00681F7B"/>
     <w:rsid w:val="0068312D"/>
     <w:rsid w:val="006835AE"/>
     <w:rsid w:val="00686456"/>
     <w:rsid w:val="00686525"/>
     <w:rsid w:val="00687128"/>
     <w:rsid w:val="00690E93"/>
     <w:rsid w:val="006947DF"/>
     <w:rsid w:val="00695B7E"/>
+    <w:rsid w:val="00695D6F"/>
     <w:rsid w:val="006960EB"/>
     <w:rsid w:val="00697058"/>
     <w:rsid w:val="006A0035"/>
     <w:rsid w:val="006A0C30"/>
     <w:rsid w:val="006A0F1B"/>
     <w:rsid w:val="006A183E"/>
     <w:rsid w:val="006A1A09"/>
     <w:rsid w:val="006A257D"/>
+    <w:rsid w:val="006A3124"/>
     <w:rsid w:val="006A42F0"/>
     <w:rsid w:val="006A472B"/>
     <w:rsid w:val="006A52A8"/>
     <w:rsid w:val="006A5BA9"/>
     <w:rsid w:val="006A6DE2"/>
+    <w:rsid w:val="006A72D9"/>
     <w:rsid w:val="006A7A2F"/>
     <w:rsid w:val="006B0CCE"/>
     <w:rsid w:val="006B1C80"/>
     <w:rsid w:val="006B32DB"/>
     <w:rsid w:val="006B40A0"/>
+    <w:rsid w:val="006B4385"/>
     <w:rsid w:val="006B62D2"/>
     <w:rsid w:val="006B752E"/>
     <w:rsid w:val="006C0348"/>
     <w:rsid w:val="006C2407"/>
     <w:rsid w:val="006C2CEE"/>
     <w:rsid w:val="006C589E"/>
     <w:rsid w:val="006C6741"/>
     <w:rsid w:val="006D0FF7"/>
     <w:rsid w:val="006D2778"/>
     <w:rsid w:val="006D4C98"/>
     <w:rsid w:val="006E02FC"/>
     <w:rsid w:val="006E18E6"/>
     <w:rsid w:val="006E27A0"/>
     <w:rsid w:val="006E3643"/>
     <w:rsid w:val="006E387E"/>
     <w:rsid w:val="006E5C2B"/>
     <w:rsid w:val="006E7A5D"/>
     <w:rsid w:val="006F0116"/>
     <w:rsid w:val="006F1128"/>
     <w:rsid w:val="006F15A4"/>
     <w:rsid w:val="006F2462"/>
     <w:rsid w:val="006F5B6B"/>
     <w:rsid w:val="006F5BFE"/>
+    <w:rsid w:val="006F5F3F"/>
     <w:rsid w:val="00700060"/>
     <w:rsid w:val="00704951"/>
+    <w:rsid w:val="00705ADA"/>
     <w:rsid w:val="007075A7"/>
     <w:rsid w:val="00707946"/>
     <w:rsid w:val="00710942"/>
     <w:rsid w:val="00710A68"/>
     <w:rsid w:val="00713212"/>
     <w:rsid w:val="007140F7"/>
     <w:rsid w:val="00715D5F"/>
     <w:rsid w:val="0071612A"/>
     <w:rsid w:val="00717CC2"/>
     <w:rsid w:val="00724A16"/>
     <w:rsid w:val="007258C9"/>
     <w:rsid w:val="00725B51"/>
     <w:rsid w:val="00727D54"/>
     <w:rsid w:val="00730716"/>
-    <w:rsid w:val="00730EAA"/>
     <w:rsid w:val="0073235A"/>
     <w:rsid w:val="0073261A"/>
     <w:rsid w:val="00732802"/>
     <w:rsid w:val="00734D42"/>
     <w:rsid w:val="00735CAE"/>
     <w:rsid w:val="00736532"/>
     <w:rsid w:val="00737FC3"/>
+    <w:rsid w:val="00741B12"/>
     <w:rsid w:val="00741D1A"/>
     <w:rsid w:val="0074342C"/>
     <w:rsid w:val="0074392B"/>
     <w:rsid w:val="0074441C"/>
     <w:rsid w:val="007465A6"/>
     <w:rsid w:val="007469A3"/>
+    <w:rsid w:val="0074707F"/>
     <w:rsid w:val="00747739"/>
     <w:rsid w:val="007479FA"/>
     <w:rsid w:val="00747F71"/>
     <w:rsid w:val="00750620"/>
     <w:rsid w:val="007544E2"/>
     <w:rsid w:val="00754AE3"/>
     <w:rsid w:val="007577B7"/>
     <w:rsid w:val="00757F3B"/>
     <w:rsid w:val="00762BE9"/>
     <w:rsid w:val="00763048"/>
     <w:rsid w:val="00763DD2"/>
     <w:rsid w:val="00765BC3"/>
     <w:rsid w:val="00767756"/>
     <w:rsid w:val="0077196F"/>
     <w:rsid w:val="00771989"/>
     <w:rsid w:val="00771E84"/>
     <w:rsid w:val="00773DFD"/>
     <w:rsid w:val="007740F0"/>
     <w:rsid w:val="0077417F"/>
     <w:rsid w:val="007754D5"/>
     <w:rsid w:val="00777CC7"/>
     <w:rsid w:val="00777FE5"/>
     <w:rsid w:val="00782542"/>
     <w:rsid w:val="00785844"/>
     <w:rsid w:val="007862C2"/>
     <w:rsid w:val="007866B9"/>
     <w:rsid w:val="00787771"/>
     <w:rsid w:val="007878A2"/>
+    <w:rsid w:val="00787A22"/>
     <w:rsid w:val="0079067F"/>
     <w:rsid w:val="00790B35"/>
     <w:rsid w:val="00791236"/>
     <w:rsid w:val="00791FC6"/>
     <w:rsid w:val="00792939"/>
     <w:rsid w:val="00792C96"/>
     <w:rsid w:val="00793429"/>
     <w:rsid w:val="0079405F"/>
     <w:rsid w:val="0079444E"/>
     <w:rsid w:val="00794907"/>
     <w:rsid w:val="0079539A"/>
     <w:rsid w:val="00795B53"/>
     <w:rsid w:val="00796E9A"/>
     <w:rsid w:val="007A0302"/>
     <w:rsid w:val="007A124B"/>
     <w:rsid w:val="007A1F6C"/>
+    <w:rsid w:val="007A2B91"/>
+    <w:rsid w:val="007A42B0"/>
     <w:rsid w:val="007A552F"/>
     <w:rsid w:val="007A59C8"/>
+    <w:rsid w:val="007A6B58"/>
     <w:rsid w:val="007A6C7C"/>
     <w:rsid w:val="007B0E09"/>
     <w:rsid w:val="007B281B"/>
     <w:rsid w:val="007B32CF"/>
     <w:rsid w:val="007B494E"/>
     <w:rsid w:val="007B4EAD"/>
     <w:rsid w:val="007B6BCA"/>
     <w:rsid w:val="007B74EA"/>
     <w:rsid w:val="007B756A"/>
     <w:rsid w:val="007C0964"/>
     <w:rsid w:val="007C0D4F"/>
+    <w:rsid w:val="007C104D"/>
     <w:rsid w:val="007C1AD9"/>
     <w:rsid w:val="007C200B"/>
     <w:rsid w:val="007C43B5"/>
     <w:rsid w:val="007C5794"/>
     <w:rsid w:val="007C5DAF"/>
     <w:rsid w:val="007C5DD4"/>
     <w:rsid w:val="007C69FA"/>
     <w:rsid w:val="007C7152"/>
     <w:rsid w:val="007C7AF6"/>
     <w:rsid w:val="007D09C7"/>
     <w:rsid w:val="007D1EBF"/>
     <w:rsid w:val="007D1ECA"/>
     <w:rsid w:val="007D1FE1"/>
     <w:rsid w:val="007D21A7"/>
     <w:rsid w:val="007D2BD7"/>
     <w:rsid w:val="007D3851"/>
     <w:rsid w:val="007D3B0E"/>
     <w:rsid w:val="007D3EF8"/>
     <w:rsid w:val="007D4C59"/>
     <w:rsid w:val="007D4DC0"/>
     <w:rsid w:val="007D6B3C"/>
     <w:rsid w:val="007D6F97"/>
     <w:rsid w:val="007D79E5"/>
     <w:rsid w:val="007E0374"/>
-    <w:rsid w:val="007E0902"/>
     <w:rsid w:val="007E0B5F"/>
     <w:rsid w:val="007E2567"/>
     <w:rsid w:val="007E2F0A"/>
     <w:rsid w:val="007E42E4"/>
     <w:rsid w:val="007E4E75"/>
     <w:rsid w:val="007E5DFF"/>
     <w:rsid w:val="007E5EB1"/>
     <w:rsid w:val="007F0124"/>
     <w:rsid w:val="007F08C8"/>
     <w:rsid w:val="007F2F8D"/>
     <w:rsid w:val="007F5B9F"/>
     <w:rsid w:val="007F7D71"/>
     <w:rsid w:val="00801F0C"/>
     <w:rsid w:val="0080299C"/>
     <w:rsid w:val="00803AAB"/>
     <w:rsid w:val="00803CCE"/>
     <w:rsid w:val="0080591E"/>
     <w:rsid w:val="008106E8"/>
-    <w:rsid w:val="00810CFD"/>
     <w:rsid w:val="0081156E"/>
     <w:rsid w:val="00813018"/>
     <w:rsid w:val="00813EB7"/>
     <w:rsid w:val="008145A9"/>
     <w:rsid w:val="008146CA"/>
     <w:rsid w:val="00822BFA"/>
     <w:rsid w:val="00823125"/>
     <w:rsid w:val="00825FD1"/>
     <w:rsid w:val="00826455"/>
     <w:rsid w:val="00831C88"/>
     <w:rsid w:val="0083258A"/>
     <w:rsid w:val="00832E8E"/>
     <w:rsid w:val="00833409"/>
     <w:rsid w:val="00835E11"/>
     <w:rsid w:val="008402DC"/>
     <w:rsid w:val="008409A5"/>
     <w:rsid w:val="00843644"/>
     <w:rsid w:val="008446F2"/>
     <w:rsid w:val="00846525"/>
     <w:rsid w:val="00851193"/>
     <w:rsid w:val="00851B4C"/>
     <w:rsid w:val="0085313B"/>
     <w:rsid w:val="0085451C"/>
     <w:rsid w:val="008548E6"/>
     <w:rsid w:val="00854B8B"/>
     <w:rsid w:val="008552A6"/>
     <w:rsid w:val="00855C45"/>
     <w:rsid w:val="008571C3"/>
     <w:rsid w:val="00861266"/>
     <w:rsid w:val="00862654"/>
     <w:rsid w:val="00863B08"/>
     <w:rsid w:val="00865E1F"/>
     <w:rsid w:val="00867D24"/>
     <w:rsid w:val="0087048F"/>
     <w:rsid w:val="00873053"/>
     <w:rsid w:val="00874831"/>
+    <w:rsid w:val="008765EB"/>
     <w:rsid w:val="008774F4"/>
     <w:rsid w:val="0087796A"/>
     <w:rsid w:val="00880344"/>
     <w:rsid w:val="00881783"/>
     <w:rsid w:val="00882EDB"/>
     <w:rsid w:val="008853A7"/>
     <w:rsid w:val="008862E0"/>
+    <w:rsid w:val="00890201"/>
     <w:rsid w:val="008943D7"/>
     <w:rsid w:val="008A15F8"/>
     <w:rsid w:val="008A2536"/>
     <w:rsid w:val="008A2736"/>
     <w:rsid w:val="008A361E"/>
     <w:rsid w:val="008A71A0"/>
     <w:rsid w:val="008A767C"/>
     <w:rsid w:val="008B0CC9"/>
     <w:rsid w:val="008B3CD6"/>
     <w:rsid w:val="008B3CD9"/>
     <w:rsid w:val="008B46B0"/>
     <w:rsid w:val="008B4B99"/>
     <w:rsid w:val="008B51FF"/>
     <w:rsid w:val="008B5352"/>
     <w:rsid w:val="008B6028"/>
     <w:rsid w:val="008B6031"/>
     <w:rsid w:val="008B714A"/>
     <w:rsid w:val="008C0979"/>
     <w:rsid w:val="008C1754"/>
     <w:rsid w:val="008C1846"/>
+    <w:rsid w:val="008C20B3"/>
     <w:rsid w:val="008C4102"/>
     <w:rsid w:val="008C72C3"/>
     <w:rsid w:val="008D280B"/>
     <w:rsid w:val="008D3008"/>
     <w:rsid w:val="008D7FD9"/>
     <w:rsid w:val="008E0E2C"/>
     <w:rsid w:val="008E2981"/>
     <w:rsid w:val="008E4F02"/>
     <w:rsid w:val="008E59EA"/>
     <w:rsid w:val="008E5B96"/>
     <w:rsid w:val="008E7894"/>
     <w:rsid w:val="008F1BDA"/>
     <w:rsid w:val="008F4B8B"/>
     <w:rsid w:val="008F5DD0"/>
     <w:rsid w:val="008F768B"/>
     <w:rsid w:val="00900BDD"/>
     <w:rsid w:val="00900C17"/>
+    <w:rsid w:val="00903DA8"/>
     <w:rsid w:val="0090552E"/>
     <w:rsid w:val="00911595"/>
     <w:rsid w:val="00912CC9"/>
     <w:rsid w:val="00912FA3"/>
     <w:rsid w:val="00913582"/>
     <w:rsid w:val="00914C21"/>
     <w:rsid w:val="009167B2"/>
     <w:rsid w:val="00916812"/>
+    <w:rsid w:val="00916A70"/>
     <w:rsid w:val="00916E2A"/>
     <w:rsid w:val="0091767F"/>
     <w:rsid w:val="009176EA"/>
     <w:rsid w:val="009204F9"/>
     <w:rsid w:val="009236C4"/>
     <w:rsid w:val="0092630D"/>
     <w:rsid w:val="00927EA8"/>
     <w:rsid w:val="009303C2"/>
     <w:rsid w:val="00930CF6"/>
     <w:rsid w:val="00930D75"/>
     <w:rsid w:val="00931296"/>
     <w:rsid w:val="00931E76"/>
     <w:rsid w:val="009332E0"/>
+    <w:rsid w:val="00933312"/>
     <w:rsid w:val="009352B4"/>
     <w:rsid w:val="00936468"/>
     <w:rsid w:val="00936EB1"/>
     <w:rsid w:val="00937B48"/>
     <w:rsid w:val="00941881"/>
     <w:rsid w:val="009430D4"/>
     <w:rsid w:val="00943BC6"/>
     <w:rsid w:val="00944290"/>
     <w:rsid w:val="0094466A"/>
     <w:rsid w:val="0094481F"/>
     <w:rsid w:val="00944EBF"/>
     <w:rsid w:val="00944F16"/>
     <w:rsid w:val="0095162C"/>
     <w:rsid w:val="009523A0"/>
     <w:rsid w:val="009524F6"/>
     <w:rsid w:val="00954382"/>
     <w:rsid w:val="009552B4"/>
     <w:rsid w:val="00955AC3"/>
     <w:rsid w:val="0095726B"/>
     <w:rsid w:val="00961DC2"/>
     <w:rsid w:val="00963504"/>
     <w:rsid w:val="009646BB"/>
     <w:rsid w:val="009648A4"/>
     <w:rsid w:val="00964A38"/>
     <w:rsid w:val="00965BB7"/>
     <w:rsid w:val="00966F73"/>
     <w:rsid w:val="0096734E"/>
     <w:rsid w:val="00967F06"/>
     <w:rsid w:val="00970C27"/>
     <w:rsid w:val="00971DA0"/>
     <w:rsid w:val="00972745"/>
     <w:rsid w:val="009749FC"/>
     <w:rsid w:val="00974D1E"/>
     <w:rsid w:val="00975000"/>
     <w:rsid w:val="00976355"/>
     <w:rsid w:val="009807E5"/>
+    <w:rsid w:val="009811F9"/>
     <w:rsid w:val="0098235A"/>
     <w:rsid w:val="00982383"/>
     <w:rsid w:val="00985293"/>
     <w:rsid w:val="00991E06"/>
     <w:rsid w:val="009923FD"/>
     <w:rsid w:val="00992CA3"/>
     <w:rsid w:val="009935F8"/>
     <w:rsid w:val="00993FC1"/>
     <w:rsid w:val="00995171"/>
     <w:rsid w:val="00996E48"/>
     <w:rsid w:val="00997F11"/>
     <w:rsid w:val="009A07EB"/>
     <w:rsid w:val="009A29B9"/>
     <w:rsid w:val="009A38FE"/>
     <w:rsid w:val="009A75E2"/>
     <w:rsid w:val="009B01C8"/>
     <w:rsid w:val="009B0AC4"/>
     <w:rsid w:val="009B277B"/>
     <w:rsid w:val="009B2B00"/>
     <w:rsid w:val="009B3305"/>
     <w:rsid w:val="009B7C48"/>
     <w:rsid w:val="009C0EFE"/>
     <w:rsid w:val="009C2322"/>
     <w:rsid w:val="009C39F7"/>
     <w:rsid w:val="009C3CCC"/>
+    <w:rsid w:val="009C6D8B"/>
     <w:rsid w:val="009C73E6"/>
     <w:rsid w:val="009C7647"/>
     <w:rsid w:val="009D0F7B"/>
     <w:rsid w:val="009D4E19"/>
     <w:rsid w:val="009D4F01"/>
     <w:rsid w:val="009D576F"/>
     <w:rsid w:val="009D6185"/>
     <w:rsid w:val="009D6533"/>
     <w:rsid w:val="009E17CE"/>
     <w:rsid w:val="009E3E63"/>
     <w:rsid w:val="009E4509"/>
     <w:rsid w:val="009E491E"/>
     <w:rsid w:val="009F2D1A"/>
     <w:rsid w:val="009F32FE"/>
     <w:rsid w:val="009F3AE9"/>
     <w:rsid w:val="009F3C7F"/>
     <w:rsid w:val="009F441D"/>
     <w:rsid w:val="009F4B8B"/>
     <w:rsid w:val="009F6D21"/>
     <w:rsid w:val="009F7053"/>
     <w:rsid w:val="009F7544"/>
     <w:rsid w:val="009F79A5"/>
     <w:rsid w:val="009F7C54"/>
     <w:rsid w:val="009F7F42"/>
     <w:rsid w:val="00A00B7D"/>
     <w:rsid w:val="00A01570"/>
     <w:rsid w:val="00A0396A"/>
     <w:rsid w:val="00A04F6B"/>
     <w:rsid w:val="00A05EE0"/>
     <w:rsid w:val="00A06294"/>
     <w:rsid w:val="00A07790"/>
     <w:rsid w:val="00A10BC5"/>
     <w:rsid w:val="00A11807"/>
+    <w:rsid w:val="00A11E14"/>
     <w:rsid w:val="00A12364"/>
     <w:rsid w:val="00A135C3"/>
     <w:rsid w:val="00A1398D"/>
     <w:rsid w:val="00A15AB4"/>
     <w:rsid w:val="00A16BFA"/>
     <w:rsid w:val="00A178DF"/>
     <w:rsid w:val="00A2068D"/>
+    <w:rsid w:val="00A23A8F"/>
     <w:rsid w:val="00A2771C"/>
     <w:rsid w:val="00A30515"/>
+    <w:rsid w:val="00A31E66"/>
     <w:rsid w:val="00A33D4F"/>
     <w:rsid w:val="00A35276"/>
     <w:rsid w:val="00A356D7"/>
     <w:rsid w:val="00A359F9"/>
     <w:rsid w:val="00A361F9"/>
     <w:rsid w:val="00A366C6"/>
     <w:rsid w:val="00A40C7A"/>
     <w:rsid w:val="00A40FBB"/>
     <w:rsid w:val="00A41205"/>
     <w:rsid w:val="00A41304"/>
     <w:rsid w:val="00A43263"/>
     <w:rsid w:val="00A43FC8"/>
     <w:rsid w:val="00A44465"/>
     <w:rsid w:val="00A45FB1"/>
     <w:rsid w:val="00A461BB"/>
     <w:rsid w:val="00A4775A"/>
     <w:rsid w:val="00A50820"/>
     <w:rsid w:val="00A51D87"/>
     <w:rsid w:val="00A52E8A"/>
     <w:rsid w:val="00A53436"/>
     <w:rsid w:val="00A538DE"/>
     <w:rsid w:val="00A53CAF"/>
     <w:rsid w:val="00A5548E"/>
     <w:rsid w:val="00A55795"/>
     <w:rsid w:val="00A55AAF"/>
     <w:rsid w:val="00A55CED"/>
     <w:rsid w:val="00A55D8F"/>
     <w:rsid w:val="00A564B0"/>
     <w:rsid w:val="00A57D73"/>
+    <w:rsid w:val="00A60DFC"/>
     <w:rsid w:val="00A61BB6"/>
     <w:rsid w:val="00A645B4"/>
     <w:rsid w:val="00A648A2"/>
     <w:rsid w:val="00A66985"/>
+    <w:rsid w:val="00A67181"/>
     <w:rsid w:val="00A67363"/>
     <w:rsid w:val="00A71162"/>
     <w:rsid w:val="00A715C6"/>
     <w:rsid w:val="00A71ADD"/>
     <w:rsid w:val="00A72C16"/>
     <w:rsid w:val="00A73AAF"/>
     <w:rsid w:val="00A73AF8"/>
     <w:rsid w:val="00A7419C"/>
     <w:rsid w:val="00A746F1"/>
     <w:rsid w:val="00A74FE1"/>
     <w:rsid w:val="00A75C94"/>
     <w:rsid w:val="00A76AFC"/>
     <w:rsid w:val="00A80280"/>
     <w:rsid w:val="00A81161"/>
     <w:rsid w:val="00A824B3"/>
     <w:rsid w:val="00A846F8"/>
     <w:rsid w:val="00A858EA"/>
     <w:rsid w:val="00A85B8B"/>
     <w:rsid w:val="00A86BBB"/>
     <w:rsid w:val="00A87564"/>
     <w:rsid w:val="00A90C99"/>
     <w:rsid w:val="00A9102A"/>
     <w:rsid w:val="00A91321"/>
     <w:rsid w:val="00A93C84"/>
     <w:rsid w:val="00AA07CC"/>
     <w:rsid w:val="00AA2D00"/>
     <w:rsid w:val="00AA578A"/>
     <w:rsid w:val="00AA5BC2"/>
     <w:rsid w:val="00AA60C3"/>
     <w:rsid w:val="00AA612B"/>
     <w:rsid w:val="00AA61F7"/>
+    <w:rsid w:val="00AA67AC"/>
     <w:rsid w:val="00AB07A0"/>
     <w:rsid w:val="00AB1C43"/>
     <w:rsid w:val="00AB304C"/>
     <w:rsid w:val="00AB327C"/>
     <w:rsid w:val="00AB33A4"/>
     <w:rsid w:val="00AB4091"/>
     <w:rsid w:val="00AB6270"/>
     <w:rsid w:val="00AB64BD"/>
     <w:rsid w:val="00AB6515"/>
     <w:rsid w:val="00AB6A1F"/>
     <w:rsid w:val="00AB713E"/>
     <w:rsid w:val="00AC026C"/>
     <w:rsid w:val="00AC0762"/>
     <w:rsid w:val="00AC095F"/>
     <w:rsid w:val="00AC1A54"/>
+    <w:rsid w:val="00AC1EE3"/>
     <w:rsid w:val="00AC313F"/>
     <w:rsid w:val="00AC4476"/>
     <w:rsid w:val="00AC65D0"/>
     <w:rsid w:val="00AC7290"/>
     <w:rsid w:val="00AD08F3"/>
     <w:rsid w:val="00AD0B53"/>
     <w:rsid w:val="00AD362B"/>
     <w:rsid w:val="00AD45D4"/>
     <w:rsid w:val="00AD4AAD"/>
     <w:rsid w:val="00AE0E21"/>
     <w:rsid w:val="00AE0E46"/>
     <w:rsid w:val="00AE1147"/>
     <w:rsid w:val="00AE22DC"/>
     <w:rsid w:val="00AE30AD"/>
+    <w:rsid w:val="00AE30C9"/>
     <w:rsid w:val="00AE3726"/>
     <w:rsid w:val="00AE4E8F"/>
     <w:rsid w:val="00AE630B"/>
     <w:rsid w:val="00AF021A"/>
     <w:rsid w:val="00AF28C5"/>
     <w:rsid w:val="00B00567"/>
     <w:rsid w:val="00B02573"/>
     <w:rsid w:val="00B02CBC"/>
     <w:rsid w:val="00B03504"/>
     <w:rsid w:val="00B0377A"/>
     <w:rsid w:val="00B06D1C"/>
     <w:rsid w:val="00B07505"/>
     <w:rsid w:val="00B07C0C"/>
     <w:rsid w:val="00B10413"/>
     <w:rsid w:val="00B1235E"/>
     <w:rsid w:val="00B12ACF"/>
     <w:rsid w:val="00B15BE2"/>
     <w:rsid w:val="00B162AD"/>
     <w:rsid w:val="00B17B0F"/>
     <w:rsid w:val="00B2000A"/>
     <w:rsid w:val="00B2129C"/>
     <w:rsid w:val="00B23F78"/>
     <w:rsid w:val="00B243C8"/>
     <w:rsid w:val="00B247F2"/>
     <w:rsid w:val="00B265CB"/>
     <w:rsid w:val="00B27B10"/>
     <w:rsid w:val="00B3009E"/>
     <w:rsid w:val="00B3021F"/>
     <w:rsid w:val="00B31F1D"/>
     <w:rsid w:val="00B32336"/>
     <w:rsid w:val="00B3274C"/>
     <w:rsid w:val="00B32A03"/>
     <w:rsid w:val="00B32ACC"/>
     <w:rsid w:val="00B35743"/>
     <w:rsid w:val="00B37B2B"/>
     <w:rsid w:val="00B42F01"/>
     <w:rsid w:val="00B42F03"/>
     <w:rsid w:val="00B430EA"/>
     <w:rsid w:val="00B461A9"/>
+    <w:rsid w:val="00B47D23"/>
     <w:rsid w:val="00B50955"/>
     <w:rsid w:val="00B529F1"/>
     <w:rsid w:val="00B53AC5"/>
     <w:rsid w:val="00B56DD5"/>
     <w:rsid w:val="00B57F20"/>
     <w:rsid w:val="00B60CA3"/>
     <w:rsid w:val="00B61312"/>
     <w:rsid w:val="00B613C7"/>
     <w:rsid w:val="00B6319A"/>
     <w:rsid w:val="00B65A34"/>
     <w:rsid w:val="00B65EB0"/>
     <w:rsid w:val="00B669DF"/>
     <w:rsid w:val="00B66A6D"/>
     <w:rsid w:val="00B67FAA"/>
     <w:rsid w:val="00B714C8"/>
     <w:rsid w:val="00B73949"/>
     <w:rsid w:val="00B73973"/>
     <w:rsid w:val="00B74170"/>
     <w:rsid w:val="00B81C00"/>
     <w:rsid w:val="00B826C2"/>
+    <w:rsid w:val="00B82F2E"/>
     <w:rsid w:val="00B86791"/>
     <w:rsid w:val="00B87135"/>
     <w:rsid w:val="00B878D1"/>
     <w:rsid w:val="00B87B71"/>
     <w:rsid w:val="00B9006D"/>
     <w:rsid w:val="00B90875"/>
     <w:rsid w:val="00B92788"/>
     <w:rsid w:val="00B94018"/>
     <w:rsid w:val="00B94082"/>
     <w:rsid w:val="00B95CB4"/>
     <w:rsid w:val="00B95F65"/>
     <w:rsid w:val="00B966D5"/>
     <w:rsid w:val="00B96D19"/>
     <w:rsid w:val="00BA0DE9"/>
     <w:rsid w:val="00BA1816"/>
     <w:rsid w:val="00BA1D4A"/>
     <w:rsid w:val="00BA3523"/>
     <w:rsid w:val="00BA386F"/>
     <w:rsid w:val="00BA3A6E"/>
     <w:rsid w:val="00BA3BEF"/>
     <w:rsid w:val="00BA42D8"/>
     <w:rsid w:val="00BA4421"/>
     <w:rsid w:val="00BA498C"/>
     <w:rsid w:val="00BA5D0F"/>
     <w:rsid w:val="00BA7170"/>
     <w:rsid w:val="00BA76AF"/>
     <w:rsid w:val="00BA7A7A"/>
     <w:rsid w:val="00BB3DD1"/>
     <w:rsid w:val="00BB3E9A"/>
+    <w:rsid w:val="00BB428C"/>
     <w:rsid w:val="00BB5FA3"/>
     <w:rsid w:val="00BC0971"/>
     <w:rsid w:val="00BC0D75"/>
     <w:rsid w:val="00BC0DF7"/>
     <w:rsid w:val="00BC2157"/>
     <w:rsid w:val="00BC4224"/>
     <w:rsid w:val="00BC6854"/>
     <w:rsid w:val="00BC7804"/>
     <w:rsid w:val="00BD1D21"/>
     <w:rsid w:val="00BD4FC7"/>
     <w:rsid w:val="00BD6178"/>
     <w:rsid w:val="00BD7CED"/>
     <w:rsid w:val="00BE03E0"/>
     <w:rsid w:val="00BE0B0E"/>
     <w:rsid w:val="00BE223E"/>
     <w:rsid w:val="00BE529B"/>
     <w:rsid w:val="00BF0BE9"/>
     <w:rsid w:val="00BF116D"/>
     <w:rsid w:val="00BF3F04"/>
     <w:rsid w:val="00BF4D0B"/>
     <w:rsid w:val="00BF7470"/>
     <w:rsid w:val="00BF75D7"/>
     <w:rsid w:val="00BF7FB0"/>
     <w:rsid w:val="00C00F39"/>
     <w:rsid w:val="00C015E3"/>
     <w:rsid w:val="00C03645"/>
     <w:rsid w:val="00C05636"/>
     <w:rsid w:val="00C05759"/>
+    <w:rsid w:val="00C11D37"/>
+    <w:rsid w:val="00C11EF7"/>
     <w:rsid w:val="00C11FD7"/>
     <w:rsid w:val="00C1393F"/>
     <w:rsid w:val="00C147C9"/>
     <w:rsid w:val="00C15161"/>
     <w:rsid w:val="00C16899"/>
     <w:rsid w:val="00C21D16"/>
     <w:rsid w:val="00C220F2"/>
     <w:rsid w:val="00C225F1"/>
     <w:rsid w:val="00C2300A"/>
     <w:rsid w:val="00C2670C"/>
     <w:rsid w:val="00C317D8"/>
     <w:rsid w:val="00C320F9"/>
+    <w:rsid w:val="00C32425"/>
     <w:rsid w:val="00C33075"/>
     <w:rsid w:val="00C335E3"/>
     <w:rsid w:val="00C33BA0"/>
     <w:rsid w:val="00C36887"/>
     <w:rsid w:val="00C3704A"/>
     <w:rsid w:val="00C37DCF"/>
     <w:rsid w:val="00C41609"/>
     <w:rsid w:val="00C43090"/>
     <w:rsid w:val="00C44E0A"/>
     <w:rsid w:val="00C45FFF"/>
     <w:rsid w:val="00C47093"/>
     <w:rsid w:val="00C5211E"/>
     <w:rsid w:val="00C53A3E"/>
+    <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C54308"/>
     <w:rsid w:val="00C54684"/>
     <w:rsid w:val="00C566FC"/>
     <w:rsid w:val="00C57355"/>
     <w:rsid w:val="00C60F3F"/>
     <w:rsid w:val="00C63421"/>
+    <w:rsid w:val="00C63FE4"/>
     <w:rsid w:val="00C646CE"/>
     <w:rsid w:val="00C64794"/>
     <w:rsid w:val="00C64980"/>
     <w:rsid w:val="00C66431"/>
     <w:rsid w:val="00C67371"/>
     <w:rsid w:val="00C700BF"/>
     <w:rsid w:val="00C703EE"/>
     <w:rsid w:val="00C70E47"/>
     <w:rsid w:val="00C7376F"/>
     <w:rsid w:val="00C74390"/>
     <w:rsid w:val="00C74552"/>
     <w:rsid w:val="00C749EE"/>
     <w:rsid w:val="00C74DB7"/>
     <w:rsid w:val="00C8088B"/>
     <w:rsid w:val="00C81268"/>
     <w:rsid w:val="00C81CAE"/>
     <w:rsid w:val="00C824E6"/>
     <w:rsid w:val="00C836D2"/>
     <w:rsid w:val="00C8401B"/>
     <w:rsid w:val="00C85091"/>
     <w:rsid w:val="00C87D7A"/>
     <w:rsid w:val="00C87FDB"/>
     <w:rsid w:val="00C907A4"/>
     <w:rsid w:val="00C90A37"/>
     <w:rsid w:val="00C90EA2"/>
     <w:rsid w:val="00C938D2"/>
     <w:rsid w:val="00C94861"/>
     <w:rsid w:val="00C96BE9"/>
     <w:rsid w:val="00C97531"/>
     <w:rsid w:val="00CA0200"/>
     <w:rsid w:val="00CA18B6"/>
     <w:rsid w:val="00CA3517"/>
     <w:rsid w:val="00CA417D"/>
     <w:rsid w:val="00CA4847"/>
     <w:rsid w:val="00CA654A"/>
     <w:rsid w:val="00CA7D23"/>
     <w:rsid w:val="00CB1F80"/>
     <w:rsid w:val="00CB2A27"/>
     <w:rsid w:val="00CB4A26"/>
     <w:rsid w:val="00CB4D6C"/>
     <w:rsid w:val="00CB5692"/>
     <w:rsid w:val="00CC3128"/>
     <w:rsid w:val="00CD02F3"/>
     <w:rsid w:val="00CD1920"/>
     <w:rsid w:val="00CD2307"/>
     <w:rsid w:val="00CD6358"/>
+    <w:rsid w:val="00CD63A1"/>
     <w:rsid w:val="00CE0110"/>
     <w:rsid w:val="00CE046F"/>
     <w:rsid w:val="00CE0EEB"/>
     <w:rsid w:val="00CE1119"/>
     <w:rsid w:val="00CE228D"/>
+    <w:rsid w:val="00CE262C"/>
     <w:rsid w:val="00CE31B2"/>
     <w:rsid w:val="00CE3B54"/>
     <w:rsid w:val="00CE474F"/>
     <w:rsid w:val="00CE6A59"/>
     <w:rsid w:val="00CE6D76"/>
     <w:rsid w:val="00CE6DF3"/>
     <w:rsid w:val="00CF07D1"/>
     <w:rsid w:val="00CF0B7E"/>
     <w:rsid w:val="00CF136F"/>
     <w:rsid w:val="00CF4926"/>
     <w:rsid w:val="00CF5D34"/>
     <w:rsid w:val="00CF5D38"/>
     <w:rsid w:val="00CF74DD"/>
     <w:rsid w:val="00D018B5"/>
     <w:rsid w:val="00D02155"/>
     <w:rsid w:val="00D04ECC"/>
     <w:rsid w:val="00D0519D"/>
     <w:rsid w:val="00D05F83"/>
     <w:rsid w:val="00D06D6E"/>
     <w:rsid w:val="00D06EC0"/>
     <w:rsid w:val="00D075C8"/>
     <w:rsid w:val="00D10863"/>
     <w:rsid w:val="00D118B1"/>
     <w:rsid w:val="00D121F2"/>
     <w:rsid w:val="00D13953"/>
@@ -8890,293 +9056,311 @@
     <w:rsid w:val="00D353A2"/>
     <w:rsid w:val="00D3785B"/>
     <w:rsid w:val="00D37DD7"/>
     <w:rsid w:val="00D40D77"/>
     <w:rsid w:val="00D421EA"/>
     <w:rsid w:val="00D429A6"/>
     <w:rsid w:val="00D42DA8"/>
     <w:rsid w:val="00D42DBA"/>
     <w:rsid w:val="00D431A8"/>
     <w:rsid w:val="00D43402"/>
     <w:rsid w:val="00D4413F"/>
     <w:rsid w:val="00D45067"/>
     <w:rsid w:val="00D4538D"/>
     <w:rsid w:val="00D46753"/>
     <w:rsid w:val="00D4773E"/>
     <w:rsid w:val="00D47CD3"/>
     <w:rsid w:val="00D5020B"/>
     <w:rsid w:val="00D506ED"/>
     <w:rsid w:val="00D50FB1"/>
     <w:rsid w:val="00D5114F"/>
     <w:rsid w:val="00D51AF0"/>
     <w:rsid w:val="00D53934"/>
     <w:rsid w:val="00D54C39"/>
     <w:rsid w:val="00D55757"/>
     <w:rsid w:val="00D56ACA"/>
+    <w:rsid w:val="00D5714F"/>
     <w:rsid w:val="00D57BB1"/>
     <w:rsid w:val="00D6055B"/>
+    <w:rsid w:val="00D607E3"/>
     <w:rsid w:val="00D608BA"/>
     <w:rsid w:val="00D613A3"/>
     <w:rsid w:val="00D62FC4"/>
     <w:rsid w:val="00D637F5"/>
     <w:rsid w:val="00D63CF4"/>
     <w:rsid w:val="00D659FD"/>
     <w:rsid w:val="00D65EE1"/>
     <w:rsid w:val="00D6672D"/>
     <w:rsid w:val="00D668EC"/>
     <w:rsid w:val="00D74AE1"/>
+    <w:rsid w:val="00D755FB"/>
     <w:rsid w:val="00D7668F"/>
     <w:rsid w:val="00D778A5"/>
     <w:rsid w:val="00D77AD7"/>
     <w:rsid w:val="00D81A8D"/>
     <w:rsid w:val="00D825D6"/>
+    <w:rsid w:val="00D83B01"/>
     <w:rsid w:val="00D84003"/>
     <w:rsid w:val="00D84B2F"/>
     <w:rsid w:val="00D8543F"/>
     <w:rsid w:val="00D861B9"/>
     <w:rsid w:val="00D86E6B"/>
     <w:rsid w:val="00D8701B"/>
     <w:rsid w:val="00D912DE"/>
     <w:rsid w:val="00D92CDF"/>
+    <w:rsid w:val="00D93108"/>
     <w:rsid w:val="00D93345"/>
     <w:rsid w:val="00D95BA8"/>
+    <w:rsid w:val="00DA0F26"/>
     <w:rsid w:val="00DA342C"/>
     <w:rsid w:val="00DA384E"/>
     <w:rsid w:val="00DA6811"/>
     <w:rsid w:val="00DB0717"/>
     <w:rsid w:val="00DB11F6"/>
     <w:rsid w:val="00DB4711"/>
     <w:rsid w:val="00DB7A6C"/>
     <w:rsid w:val="00DB7C85"/>
     <w:rsid w:val="00DB7E53"/>
     <w:rsid w:val="00DC2F3D"/>
     <w:rsid w:val="00DC4CB6"/>
     <w:rsid w:val="00DC57B3"/>
     <w:rsid w:val="00DC665A"/>
     <w:rsid w:val="00DC696A"/>
     <w:rsid w:val="00DC7D69"/>
     <w:rsid w:val="00DD006E"/>
     <w:rsid w:val="00DD0DA3"/>
     <w:rsid w:val="00DD1EEA"/>
     <w:rsid w:val="00DD294F"/>
     <w:rsid w:val="00DD29EB"/>
     <w:rsid w:val="00DD549A"/>
     <w:rsid w:val="00DE26CB"/>
     <w:rsid w:val="00DE28CF"/>
     <w:rsid w:val="00DE4D78"/>
     <w:rsid w:val="00DE4E1D"/>
     <w:rsid w:val="00DE545F"/>
     <w:rsid w:val="00DF128B"/>
     <w:rsid w:val="00DF1D71"/>
     <w:rsid w:val="00DF2307"/>
     <w:rsid w:val="00DF2C2F"/>
+    <w:rsid w:val="00DF5998"/>
     <w:rsid w:val="00DF6A98"/>
     <w:rsid w:val="00DF733B"/>
+    <w:rsid w:val="00DF791C"/>
     <w:rsid w:val="00E01CC5"/>
     <w:rsid w:val="00E02E14"/>
     <w:rsid w:val="00E041D9"/>
     <w:rsid w:val="00E0548E"/>
     <w:rsid w:val="00E0623D"/>
     <w:rsid w:val="00E07251"/>
     <w:rsid w:val="00E07CD2"/>
     <w:rsid w:val="00E11C91"/>
     <w:rsid w:val="00E131C7"/>
     <w:rsid w:val="00E148DC"/>
     <w:rsid w:val="00E14E37"/>
-    <w:rsid w:val="00E15B92"/>
     <w:rsid w:val="00E15ECB"/>
     <w:rsid w:val="00E170FD"/>
     <w:rsid w:val="00E17108"/>
     <w:rsid w:val="00E173A3"/>
     <w:rsid w:val="00E17A78"/>
     <w:rsid w:val="00E207D5"/>
     <w:rsid w:val="00E212CD"/>
     <w:rsid w:val="00E214BD"/>
     <w:rsid w:val="00E229E8"/>
     <w:rsid w:val="00E2706D"/>
     <w:rsid w:val="00E27971"/>
     <w:rsid w:val="00E3016C"/>
     <w:rsid w:val="00E3030C"/>
     <w:rsid w:val="00E30ED5"/>
     <w:rsid w:val="00E322C0"/>
     <w:rsid w:val="00E32338"/>
     <w:rsid w:val="00E33B5D"/>
     <w:rsid w:val="00E3748B"/>
     <w:rsid w:val="00E4010C"/>
     <w:rsid w:val="00E41A32"/>
     <w:rsid w:val="00E44554"/>
+    <w:rsid w:val="00E445AD"/>
     <w:rsid w:val="00E44B8C"/>
     <w:rsid w:val="00E46422"/>
     <w:rsid w:val="00E5207C"/>
     <w:rsid w:val="00E526AF"/>
     <w:rsid w:val="00E539DF"/>
     <w:rsid w:val="00E54D08"/>
     <w:rsid w:val="00E560C9"/>
     <w:rsid w:val="00E60895"/>
     <w:rsid w:val="00E63BD5"/>
     <w:rsid w:val="00E64C42"/>
     <w:rsid w:val="00E66A32"/>
     <w:rsid w:val="00E70EFD"/>
+    <w:rsid w:val="00E71942"/>
     <w:rsid w:val="00E733B3"/>
     <w:rsid w:val="00E735E3"/>
     <w:rsid w:val="00E7384E"/>
     <w:rsid w:val="00E74AA1"/>
+    <w:rsid w:val="00E76368"/>
+    <w:rsid w:val="00E7676A"/>
     <w:rsid w:val="00E77FA1"/>
     <w:rsid w:val="00E80E5E"/>
     <w:rsid w:val="00E81919"/>
     <w:rsid w:val="00E824EB"/>
     <w:rsid w:val="00E84824"/>
     <w:rsid w:val="00E866D4"/>
+    <w:rsid w:val="00E86818"/>
     <w:rsid w:val="00E90782"/>
     <w:rsid w:val="00E914E0"/>
     <w:rsid w:val="00E91B8B"/>
     <w:rsid w:val="00E95E24"/>
     <w:rsid w:val="00E978B1"/>
+    <w:rsid w:val="00EA1724"/>
     <w:rsid w:val="00EA3352"/>
     <w:rsid w:val="00EA40A0"/>
     <w:rsid w:val="00EA5CE5"/>
     <w:rsid w:val="00EA5EFE"/>
     <w:rsid w:val="00EA6F21"/>
     <w:rsid w:val="00EA6FFF"/>
     <w:rsid w:val="00EB04BE"/>
     <w:rsid w:val="00EB0BFD"/>
-    <w:rsid w:val="00EB139E"/>
     <w:rsid w:val="00EB1BC7"/>
     <w:rsid w:val="00EB29C9"/>
     <w:rsid w:val="00EB492A"/>
     <w:rsid w:val="00EB59F8"/>
     <w:rsid w:val="00EC2271"/>
     <w:rsid w:val="00EC2B07"/>
     <w:rsid w:val="00EC5C07"/>
     <w:rsid w:val="00ED11A0"/>
     <w:rsid w:val="00ED32F0"/>
     <w:rsid w:val="00ED4C13"/>
     <w:rsid w:val="00EE07AD"/>
     <w:rsid w:val="00EE23CD"/>
     <w:rsid w:val="00EE274E"/>
     <w:rsid w:val="00EE339B"/>
     <w:rsid w:val="00EE4760"/>
     <w:rsid w:val="00EE6334"/>
     <w:rsid w:val="00EF4DDB"/>
     <w:rsid w:val="00EF542B"/>
     <w:rsid w:val="00EF5D3B"/>
     <w:rsid w:val="00EF6203"/>
     <w:rsid w:val="00EF6FDB"/>
     <w:rsid w:val="00EF71A6"/>
     <w:rsid w:val="00F0058B"/>
     <w:rsid w:val="00F00F36"/>
     <w:rsid w:val="00F01BB0"/>
+    <w:rsid w:val="00F023FE"/>
     <w:rsid w:val="00F0299B"/>
     <w:rsid w:val="00F041D1"/>
     <w:rsid w:val="00F0484F"/>
     <w:rsid w:val="00F055DB"/>
     <w:rsid w:val="00F11143"/>
     <w:rsid w:val="00F132FB"/>
     <w:rsid w:val="00F16C70"/>
     <w:rsid w:val="00F22020"/>
+    <w:rsid w:val="00F22C55"/>
     <w:rsid w:val="00F22DBA"/>
     <w:rsid w:val="00F24061"/>
     <w:rsid w:val="00F241A9"/>
     <w:rsid w:val="00F24AB0"/>
+    <w:rsid w:val="00F26748"/>
     <w:rsid w:val="00F26CE4"/>
     <w:rsid w:val="00F31314"/>
     <w:rsid w:val="00F35619"/>
     <w:rsid w:val="00F361E2"/>
     <w:rsid w:val="00F438B1"/>
     <w:rsid w:val="00F44FE7"/>
     <w:rsid w:val="00F45A4F"/>
     <w:rsid w:val="00F46AB9"/>
     <w:rsid w:val="00F47D04"/>
     <w:rsid w:val="00F51842"/>
     <w:rsid w:val="00F5198A"/>
     <w:rsid w:val="00F525C1"/>
     <w:rsid w:val="00F555C0"/>
     <w:rsid w:val="00F60A4C"/>
     <w:rsid w:val="00F6404F"/>
     <w:rsid w:val="00F64085"/>
     <w:rsid w:val="00F64A5B"/>
     <w:rsid w:val="00F6519A"/>
     <w:rsid w:val="00F67DE2"/>
     <w:rsid w:val="00F71069"/>
     <w:rsid w:val="00F71287"/>
     <w:rsid w:val="00F71A23"/>
     <w:rsid w:val="00F71EA3"/>
     <w:rsid w:val="00F755FC"/>
     <w:rsid w:val="00F7661D"/>
+    <w:rsid w:val="00F808A3"/>
     <w:rsid w:val="00F80FF5"/>
     <w:rsid w:val="00F81862"/>
     <w:rsid w:val="00F822C0"/>
     <w:rsid w:val="00F82D7F"/>
     <w:rsid w:val="00F83428"/>
     <w:rsid w:val="00F837AB"/>
     <w:rsid w:val="00F84B1E"/>
     <w:rsid w:val="00F865CF"/>
     <w:rsid w:val="00F9059C"/>
     <w:rsid w:val="00F91329"/>
     <w:rsid w:val="00F92B31"/>
     <w:rsid w:val="00F94B0A"/>
     <w:rsid w:val="00F95801"/>
     <w:rsid w:val="00F95C58"/>
     <w:rsid w:val="00F96028"/>
     <w:rsid w:val="00F97B44"/>
     <w:rsid w:val="00F97BA4"/>
     <w:rsid w:val="00FA0B35"/>
     <w:rsid w:val="00FA245F"/>
     <w:rsid w:val="00FA40C7"/>
     <w:rsid w:val="00FA5603"/>
     <w:rsid w:val="00FA596E"/>
     <w:rsid w:val="00FA6181"/>
     <w:rsid w:val="00FA7233"/>
     <w:rsid w:val="00FA75E1"/>
     <w:rsid w:val="00FB2171"/>
     <w:rsid w:val="00FB2175"/>
     <w:rsid w:val="00FB23F0"/>
     <w:rsid w:val="00FB29E8"/>
     <w:rsid w:val="00FB46C1"/>
     <w:rsid w:val="00FB493F"/>
     <w:rsid w:val="00FB7C88"/>
     <w:rsid w:val="00FC0055"/>
     <w:rsid w:val="00FC251F"/>
+    <w:rsid w:val="00FC2CAD"/>
+    <w:rsid w:val="00FC2F0F"/>
     <w:rsid w:val="00FC2FAD"/>
     <w:rsid w:val="00FC348C"/>
     <w:rsid w:val="00FC3739"/>
+    <w:rsid w:val="00FC3FB7"/>
     <w:rsid w:val="00FC55DE"/>
     <w:rsid w:val="00FC5790"/>
     <w:rsid w:val="00FC5961"/>
     <w:rsid w:val="00FC5B28"/>
     <w:rsid w:val="00FC677F"/>
     <w:rsid w:val="00FD025C"/>
     <w:rsid w:val="00FD103F"/>
     <w:rsid w:val="00FD14AD"/>
     <w:rsid w:val="00FD21B0"/>
     <w:rsid w:val="00FD3B0F"/>
     <w:rsid w:val="00FD7ECE"/>
     <w:rsid w:val="00FE0296"/>
     <w:rsid w:val="00FE0343"/>
     <w:rsid w:val="00FE17F9"/>
     <w:rsid w:val="00FE37A0"/>
-    <w:rsid w:val="00FE4C2E"/>
     <w:rsid w:val="00FE52B5"/>
     <w:rsid w:val="00FF0145"/>
     <w:rsid w:val="00FF0EB3"/>
     <w:rsid w:val="00FF285A"/>
     <w:rsid w:val="00FF3914"/>
     <w:rsid w:val="00FF3D1F"/>
     <w:rsid w:val="00FF6D24"/>
     <w:rsid w:val="00FF73EE"/>
     <w:rsid w:val="00FF783B"/>
     <w:rsid w:val="00FF7982"/>
     <w:rsid w:val="00FF7E05"/>
     <w:rsid w:val="01E0135C"/>
     <w:rsid w:val="02CF3C3B"/>
     <w:rsid w:val="0A883188"/>
     <w:rsid w:val="0AD153BB"/>
     <w:rsid w:val="0B720C16"/>
     <w:rsid w:val="0DCA8953"/>
     <w:rsid w:val="0E08F47D"/>
     <w:rsid w:val="13AA0E07"/>
     <w:rsid w:val="17F346FE"/>
     <w:rsid w:val="1860062E"/>
     <w:rsid w:val="19FB71E8"/>
     <w:rsid w:val="1BC78A3C"/>
     <w:rsid w:val="1D1F7752"/>
     <w:rsid w:val="1D30014A"/>
@@ -9227,51 +9411,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2C20B93D"/>
   <w15:docId w15:val="{BBF9BC07-144D-4CC7-9AD0-F9ECBB2E0A25}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25622,51 +25806,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00813EB7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCellText">
     <w:name w:val="Table Cell Text"/>
     <w:rsid w:val="00F60A4C"/>
     <w:pPr>
       <w:keepLines/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="128135924">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -25958,182 +26142,161 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-    <xsd:import namespace="539738be-5ddd-4bcc-93a1-060e97b10e61"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010055E52751A906684292E61CB75F9DC139" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cc18d13a23b6468590de0cee9bed2e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="32ecf63c-0c74-42e9-9591-27013c82e669" xmlns:ns3="6a1c5485-c978-40ff-b661-8ac822b52a10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d16c2a14404b80d680135dc5a3a89cda" ns2:_="" ns3:_="">
+    <xsd:import namespace="32ecf63c-0c74-42e9-9591-27013c82e669"/>
+    <xsd:import namespace="6a1c5485-c978-40ff-b661-8ac822b52a10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a59af0a-bb81-4e5c-881b-d0e25bbd2cad" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="32ecf63c-0c74-42e9-9591-27013c82e669" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ea606fe5-00d0-49e1-aa33-d9ffd0209102" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ea606fe5-00d0-49e1-aa33-d9ffd0209102" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="539738be-5ddd-4bcc-93a1-060e97b10e61" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6a1c5485-c978-40ff-b661-8ac822b52a10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{614d1ab2-01dc-47f2-91a5-9a72d20a509e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="539738be-5ddd-4bcc-93a1-060e97b10e61">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5b9620e4-96f3-4737-827e-da6a1aa71201}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6a1c5485-c978-40ff-b661-8ac822b52a10">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...24 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -26191,151 +26354,195 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="32ecf63c-0c74-42e9-9591-27013c82e669">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6a1c5485-c978-40ff-b661-8ac822b52a10" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A48C154-6452-4162-9DF0-9199B9FED33E}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E10B130-9659-409C-B285-FAA3AE66D346}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54F8BE4F-2CE0-4C8E-846D-018E49761A27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="2a59af0a-bb81-4e5c-881b-d0e25bbd2cad"/>
-    <ds:schemaRef ds:uri="539738be-5ddd-4bcc-93a1-060e97b10e61"/>
+    <ds:schemaRef ds:uri="32ecf63c-0c74-42e9-9591-27013c82e669"/>
+    <ds:schemaRef ds:uri="6a1c5485-c978-40ff-b661-8ac822b52a10"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A48C154-6452-4162-9DF0-9199B9FED33E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="32ecf63c-0c74-42e9-9591-27013c82e669"/>
+    <ds:schemaRef ds:uri="6a1c5485-c978-40ff-b661-8ac822b52a10"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D544B4EA-BF11-4BC6-9A6D-2989D72E0D19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD53E46E-AA0F-4795-B743-2BD25A9B2918}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD53E46E-AA0F-4795-B743-2BD25A9B2918}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D544B4EA-BF11-4BC6-9A6D-2989D72E0D19}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>589</Words>
-  <Characters>3362</Characters>
+  <Words>667</Words>
+  <Characters>3488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>180</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Leisure Activities in Residential Facilities Procedures</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Systemic Pty Ltd</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3944</CharactersWithSpaces>
+  <CharactersWithSpaces>4119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Leisure Activities in Residential Facilities Procedures</dc:title>
   <dc:creator>TRUONG Ai-Ling [Policy &amp; Program Governance]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EffectiveDate">
     <vt:filetime>2024-02-01T10:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocControlStatement">
     <vt:lpwstr>Uncontrolled when printed</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FooterStatement">
     <vt:lpwstr>All policy and procedural statements contained within this document are lawful orders for the purposes of section 80(a) of the Public Sector Management Act 1994 (WA) and are therefore to be observed by all Department of Education employees.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
-    <vt:lpwstr>0x01010011C44600B58FD1449D28FAD2A109FB92</vt:lpwstr>
+    <vt:lpwstr>0x01010055E52751A906684292E61CB75F9DC139</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>6dafdc55,6023835b,1f816a77,1c61cb3a,7f4eea67</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#000000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SetDate">
+    <vt:lpwstr>2025-09-18T08:29:15Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SiteId">
+    <vt:lpwstr>e08016f9-d1fd-4cbb-83b0-b76eb4361627</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ActionId">
+    <vt:lpwstr>70549f7d-7e27-44bf-804e-b253622f3b45</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>