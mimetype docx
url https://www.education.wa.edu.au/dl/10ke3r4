--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -1,698 +1,617 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CA2717" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="5A78044A" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="AppendixHdg1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:outlineLvl w:val="9"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc464649900"/>
       <w:bookmarkStart w:id="1" w:name="_Toc465072637"/>
       <w:bookmarkStart w:id="2" w:name="_Toc334786036"/>
       <w:r>
         <w:t xml:space="preserve">APPENDIX D </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:t>APPLICATION TO FORM A JOINT COUNCIL or board</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00793C92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00CA2717" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="49496B51" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00CA2717" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="20A6D380" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please attach:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="3B0C9D82" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the draft Terms of Reference for the new joint council or board; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="6E034D0E" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a letter that explains </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the benefits of a joint council/board for the schools and the consultation that has occurred between the school communities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="0FB00135" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="6E2B101D" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="05161BC7" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SCHOOL:</w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3462DB" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C142ED" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Parent/community representative:________________________ Date:__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314FFE" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD6B191" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Principal:____________________________________________ Date:_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2666EFE7" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560E3DDE" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SCHOOL:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B685C64" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="6DAD53FF" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parent/community </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+        <w:t>Parent/community representative:________________________ Date:__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7C5E97" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="17459190" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Principal:____________________________________________ Date:_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EDF875" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
-[...173 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="5E6194B7" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nominated principal</w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:  Regulation 108(5) provides that one of the principals is to be nominated to take responsibility for filling council/board vacancies and conducting elections.  The principal of</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="6093261E" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="082A2D7C" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________ School is the nominated as per reg. 108 (5).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="551FA6B1" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="3A4ABA6E" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>REGIONAL OFFICE (Not applicable to IPS</w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+        <w:t>REGIONAL OFFICE (Not applicable to IPS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDED78A" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="005A1D88" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="02FFB136" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="005A1D88" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Application supported:</w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -747,115 +666,97 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Director of Education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="263E238F" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>____________________________</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+        <w:t>____________________________Date:____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E6EE9B" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LEADERSHIP INSTITUTE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="0E5C8FFF" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The council’s or board’s constitution is compliant with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
@@ -912,65 +813,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> NO   </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F031"/>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="100CDB64" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="5849562E" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gazettal notice attached:</w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -989,317 +890,289 @@
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    NO  </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F031"/>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="107C0E29" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="02380082" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Director, Leadership </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+        <w:t>Director, Leadership Institute:______________________________Date:____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397824E3" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="512BF201" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DEPUTY DIRECTOR GENERAL, PUBLIC SCHOOLS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="1DF00388" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="1BC432DA" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I nominate the principal of _____________________________________________________ School for the purposes of regulation 108(5).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="50DFA2BF" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="2E735327" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1949C9E0" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="3ED24D86" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date: __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="24F4DB88" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="6096BFAE" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OFFICE OF THE MINISTER FOR EDUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="124456CC" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="62C288C1" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">MINISTER FOR EDUCATION </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
@@ -1322,216 +1195,215 @@
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    NO  </w:t>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F031"/>
       </w:r>
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="5C053A3D" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="4F98261A" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFA9B86" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+    <w:p w14:paraId="1B2D229F" w14:textId="25B74C26" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date: __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D95F76B" w14:textId="03F10D33" w:rsidR="009648E1" w:rsidRDefault="009C5C8D">
       <w:r w:rsidRPr="00793C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1200BECD" wp14:editId="41A46BE1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D418C8D" wp14:editId="087704A1">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-85725</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>147320</wp:posOffset>
+                  <wp:posOffset>67945</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5895975" cy="1403985"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="13970"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5895975" cy="1403985"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="5B800CAC" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:pBdr>
                                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                               </w:pBdr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
                             <w:r w:rsidRPr="00793C92">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>LEADERSHIP INSTITUTE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="5A731520" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="0BFE4305" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>School notified:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
@@ -1545,60 +1417,60 @@
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:sym w:font="Webdings" w:char="F031"/>
                             </w:r>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    NO  </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:sym w:font="Webdings" w:char="F031"/>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="345DDADA" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="00D20712" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="0FA1B457" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00D20712" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0071564F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Manager System Performance notified</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007D3E30">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="007D3E30">
                               <w:rPr>
@@ -1612,121 +1484,119 @@
                             <w:r w:rsidRPr="007D3E30">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:sym w:font="Webdings" w:char="F031"/>
                             </w:r>
                             <w:r w:rsidRPr="007D3E30">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    NO  </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007D3E30">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:sym w:font="Webdings" w:char="F031"/>
                             </w:r>
                           </w:p>
-                          <w:bookmarkEnd w:id="3"/>
-                          <w:p w:rsidR="00CA2717" w:rsidRPr="001E0833" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                          <w:p w14:paraId="49902A99" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="001E0833" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="1200BECD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="6D418C8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-6.75pt;margin-top:11.6pt;width:464.25pt;height:110.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7rld3IwIAAEUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlYduo6WrpUoS0&#10;XKRdPmDiOI2Fb9huk+XrGTvZUm4vCD9YHs/4eOacmc31oCQ5ceeF0RWdz3JKuGamEfpQ0c8P+xcr&#10;SnwA3YA0mlf0kXt6vX3+bNPbki9MZ2TDHUEQ7cveVrQLwZZZ5lnHFfiZsVyjszVOQUDTHbLGQY/o&#10;SmaLPH+V9cY11hnGvcfb29FJtwm/bTkLH9vW80BkRTG3kHaX9jru2XYD5cGB7QSb0oB/yEKB0Pjp&#10;GeoWApCjE79BKcGc8aYNM2ZUZtpWMJ5qwGrm+S/V3HdgeaoFyfH2TJP/f7Dsw+mTI6Kp6IISDQol&#10;euBDIK/NQBaRnd76EoPuLYaFAa9R5VSpt3eGffFEm10H+sBvnDN9x6HB7ObxZXbxdMTxEaTu35sG&#10;v4FjMAloaJ2K1CEZBNFRpcezMjEVhpfFal2srwpKGPrmy/zlelWkP6B8em6dD2+5USQeKupQ+gQP&#10;pzsfYjpQPoXE37yRotkLKZPhDvVOOnICbJN9WhP6T2FSk76i62JRjAz8FSJP608QSgTsdylURVfn&#10;ICgjb290k7oxgJDjGVOWeiIycjeyGIZ6mISpTfOIlDoz9jXOIR46475R0mNPV9R/PYLjlMh3GmVZ&#10;z5fLOATJWBZXCzTcpae+9IBmCFXRQMl43IU0OIkwe4Py7UUiNuo8ZjLlir2a+J7mKg7DpZ2ifkz/&#10;9jsAAAD//wMAUEsDBBQABgAIAAAAIQAMnuPJ3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;b8IwDIbvk/YfIk/aBUH6QdFWmqINidNOdOweGtNWa5yuCVD+/bzTONp+9Pp5i81ke3HB0XeOFMSL&#10;CARS7UxHjYLD527+AsIHTUb3jlDBDT1syseHQufGXWmPlyo0gkPI51pBG8KQS+nrFq32Czcg8e3k&#10;RqsDj2MjzaivHG57mUTRSlrdEX9o9YDbFuvv6mwVrH6qdPbxZWa0v+3ex9pmZnvIlHp+mt7WIAJO&#10;4R+GP31Wh5Kdju5MxotewTxOM0YVJGkCgoHXOONyR14slynIspD3FcpfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADuuV3cjAgAARQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAye48nfAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:5.35pt;width:464.25pt;height:110.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwBcN9EQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ4jUx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbG7rx8lu2l2exmmB4EUqUPykNxcD1qRk3BegqnofJZTIgyHRppDRb983r9Y&#10;UeIDMw1TYERFH4Sn19vnzza9LcUCOlCNcARBjC97W9EuBFtmmeed0MzPwAqDxhacZgFVd8gax3pE&#10;1ypb5PmrrAfXWAdceI+vt6ORbhN+2woePratF4GoimJuId0u3XW8s+2GlQfHbCf5lAb7hyw0kwaD&#10;nqFuWWDk6ORvUFpyBx7aMOOgM2hbyUWqAauZ579Uc98xK1ItSI63Z5r8/4PlH0739pMjYXgNAzYw&#10;FeHtHfCvnhjYdcwcxI1z0HeCNRh4HinLeuvL6Wuk2pc+gtT9e2iwyewYIAENrdORFayTIDo24OFM&#10;uhgC4fhYrNbF+qqghKNtvsxfrldFisHKx+/W+fBWgCZRqKjDriZ4drrzIabDykeXGM2Dks1eKpUU&#10;d6h3ypETwwnYpzOh/+SmDOkrui4WxcjAXyHydP4EoWXAUVZSV3R1dmJl5O2NadKgBSbVKGPKykxE&#10;Ru5GFsNQD+gYCa2heUBKHYwjiyuGQgfuOyU9jmtF/bcjc4IS9c5gW9bz5TLOd1KWxdUCFXdpqS8t&#10;zHCEqmigZBR3Ie1EIszeYPv2MhH7lMmUK45h4ntamTjnl3ryelrs7Q8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDNNNFv3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcqtZpqpQ0&#10;xKmgUk+cGsrdjZckIl4H223Tv2c5wXFnRjNvy+1kB3FBH3pHCpaLBARS40xPrYLj+36egwhRk9GD&#10;I1RwwwDb6v6u1IVxVzrgpY6t4BIKhVbQxTgWUoamQ6vDwo1I7H06b3Xk07fSeH3lcjvINEnW0uqe&#10;eKHTI+46bL7qs1Ww/q5Xs7cPM6PDbf/qG5uZ3TFT6vFhenkGEXGKf2H4xWd0qJjp5M5kghgU8COR&#10;1eQJBLubNM9AnBSkq2UOsirlf/7qBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADAFw30R&#10;AgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM00&#10;0W/cAAAABwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="5B800CAC" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00793C92" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:pBdr>
                           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                         </w:pBdr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
                       <w:r w:rsidRPr="00793C92">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>LEADERSHIP INSTITUTE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="5A731520" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="0BFE4305" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>School notified:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
@@ -1740,60 +1610,60 @@
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:sym w:font="Webdings" w:char="F031"/>
                       </w:r>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    NO  </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:sym w:font="Webdings" w:char="F031"/>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="345DDADA" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="0071564F" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="00D20712" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="0FA1B457" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="00D20712" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0071564F">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Manager System Performance notified</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007D3E30">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="007D3E30">
                         <w:rPr>
@@ -1807,150 +1677,2355 @@
                       <w:r w:rsidRPr="007D3E30">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:sym w:font="Webdings" w:char="F031"/>
                       </w:r>
                       <w:r w:rsidRPr="007D3E30">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    NO  </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007D3E30">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:sym w:font="Webdings" w:char="F031"/>
                       </w:r>
                     </w:p>
-                    <w:bookmarkEnd w:id="4"/>
-                    <w:p w:rsidR="00CA2717" w:rsidRPr="001E0833" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
+                    <w:p w14:paraId="49902A99" w14:textId="77777777" w:rsidR="00CA2717" w:rsidRPr="001E0833" w:rsidRDefault="00CA2717" w:rsidP="00CA2717">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00793C92">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="009648E1" w:rsidSect="00CA2717">
+    </w:p>
+    <w:p w14:paraId="05A1F153" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="79271B2C" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="7E7961C4" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="0BB61CD8" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="333164ED" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="69DF2764" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FB537A2" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B53D707" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE1208C" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="352CACA7" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029FDF7B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="AppendixHdg1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1701"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:outlineLvl w:val="9"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">APPENDIX D(2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142EDF">
+        <w:rPr>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PPLICATION TO DISSOLVE A JOINT SCHOOL COUNCIL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4D2B9A" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8E9C73" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that a joint council arrangement no longer meets the needs of the schools, approval will need to be sought to establish one council for each school. This arrangement will need to be forwarded to the Minister for approval, and once approved, published by a notice in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622D4B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Government Gazette.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3314A8AB" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A976723" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For schools that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have an existing joint arrangement that they wish to dissolve,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please attach a letter which explains:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5C7A56" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">why you are seeking </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to dissolve the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>joint arrangement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and whether any consultation has occurred; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCE202A" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that all parties of the existing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">joint arrangement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are in agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B4CCD0" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7022346E" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Parent/community representative:____________________________Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B425D3D" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BFFE1F9" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528CEE30" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Principal:_________________________________Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039A9476" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3E315B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F85CA1" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Principal:_________________________________Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B066DE5" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B2C920" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>REGIONAL OFFICE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DAAFC8" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61967FB8" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Application supported:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    NO  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  (Please attach statement if appropriate.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AE9D9E" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E1A630" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00EC5837" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005268B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Director of Education.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________            Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B17FF0" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398607CF" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LEADERSHIP SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E66012" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52008481" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This request is consistent with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>School Education Act 1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>School Education Regulations 2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> NO   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E82D44" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1D72D3" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gazettal notice attached:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    NO  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACB02DC" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="693995A6" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director, Leadership </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:______________________________     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612EF870" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FDD98C" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628FA92C" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C59EA9B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DEPUTY DIRECTOR GENERAL, SCHOOLS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608A0C2E" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0232AE" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Application supported:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    NO  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5EFB41" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD9AF5F" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7629C9A4" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C299BC7" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2349FD3B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>OFFICE OF THE MINISTER FOR EDUCATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, TRAINING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68849566" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41646982" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MINISTER FOR EDUCATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, TRAINING</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Application approved:  YES  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    NO  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F031"/>
+      </w:r>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443078F1" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129C91CA" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B91BCDD" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="410732E4" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Signature:____________________________________                     Date: _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C382F0B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:pBdr>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="5" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48FD6A39" wp14:editId="3CE0EBB7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-66675</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>171450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5876925" cy="1104900"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5876925" cy="1104900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1FA7B942" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                            <w:pPr>
+                              <w:pBdr>
+                                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                              </w:pBdr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00793C92">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>LEADERSHIP INSTITUTE</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="007ACABC" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00D20712" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:highlight w:val="yellow"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="01C032CB" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00CD6CE9" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>School Notified</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t xml:space="preserve">YES  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:sym w:font="Webdings" w:char="F031"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">    NO  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:sym w:font="Webdings" w:char="F031"/>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="45693478" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00CD6CE9" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="700EB0B3" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00D20712" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0071564F">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Manager System Performance notified</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:tab/>
+                              <w:t xml:space="preserve">YES  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:sym w:font="Webdings" w:char="F031"/>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">    NO  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CD6CE9">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:sym w:font="Webdings" w:char="F031"/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="48FD6A39" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-5.25pt;margin-top:13.5pt;width:462.75pt;height:87pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgWIz1EgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkrYx4hRdugwD&#10;ugvQ7QNoWY6FyaImKbGzrx+lpGnQDXsYpgdBFKkj8vBweTv2mu2l8wpNxYtJzpk0AhtlthX/9nXz&#10;5oYzH8A0oNHIih+k57er16+Wgy3lFDvUjXSMQIwvB1vxLgRbZpkXnezBT9BKQ84WXQ+BTLfNGgcD&#10;ofc6m+b5VTaga6xDIb2n2/ujk68SfttKET63rZeB6YpTbiHtLu113LPVEsqtA9spcUoD/iGLHpSh&#10;T89Q9xCA7Zz6DapXwqHHNkwE9hm2rRIy1UDVFPmLah47sDLVQuR4e6bJ/z9Y8Wn/aL84Fsa3OFID&#10;UxHePqD47pnBdQdmK++cw6GT0NDHRaQsG6wvT08j1b70EaQePmJDTYZdwAQ0tq6PrFCdjNCpAYcz&#10;6XIMTNDl/Ob6ajGdcybIVxT5bJGntmRQPj23zof3EnsWDxV31NUED/sHH2I6UD6FxN88atVslNbJ&#10;cNt6rR3bAylgk1aq4EWYNmyo+GJOifwdIk/rTxC9CiRlrfqK35yDoIy8vTNNEloApY9nSlmbE5GR&#10;uyOLYaxHppoTy5HXGpsDMevwqFyaNDp06H5yNpBqK+5/7MBJzvQHQ91ZFLNZlHkyZvPrKRnu0lNf&#10;esAIgqp44Ox4XIc0GpEBg3fUxVYlfp8zOaVMaky0nyYnyv3STlHP8736BQAA//8DAFBLAwQUAAYA&#10;CAAAACEAwxDog+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrp9C/&#10;EKdCSCB6g4Lg6sbbJCJeB9tNw9uznOC2uzOa/abYjK4TA4bYetKQTRUIpMrblmoNb68PkxWImAxZ&#10;03lCDd8YYVOenxUmt/5ELzjsUi04hGJuNDQp9bmUsWrQmTj1PRJrBx+cSbyGWtpgThzuOjlTaiGd&#10;aYk/NKbH+warz93RaVjdPA0fcXv9/F4tDt06XS2Hx6+g9eXFeHcLIuGY/szwi8/oUDLT3h/JRtFp&#10;mGRqzlYNsyV3YsM6m/Ow54PKFMiykP8rlD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;YFiM9RICAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAwxDog+AAAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1FA7B942" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                      <w:pPr>
+                        <w:pBdr>
+                          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                        </w:pBdr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00793C92">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>LEADERSHIP INSTITUTE</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="007ACABC" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00D20712" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:highlight w:val="yellow"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="01C032CB" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00CD6CE9" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>School Notified</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t xml:space="preserve">YES  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:sym w:font="Webdings" w:char="F031"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">    NO  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:sym w:font="Webdings" w:char="F031"/>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="45693478" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00CD6CE9" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="700EB0B3" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00D20712" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0071564F">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Manager System Performance notified</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:tab/>
+                        <w:t xml:space="preserve">YES  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:sym w:font="Webdings" w:char="F031"/>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">    NO  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CD6CE9">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:sym w:font="Webdings" w:char="F031"/>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22718726" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00793C92" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785A8196" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D"/>
+    <w:p w14:paraId="432A4DF4" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="00A25602" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="255742BB" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidSect="00CA2717">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7CE94C1E" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="18E33A88" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="57C9320B" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1C7F468D" w14:textId="77777777" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2869A80C" w14:textId="155582AD" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C82F65A" wp14:editId="373DEB15">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="798186249" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7732830E" w14:textId="67DA9576" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009C5C8D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0C82F65A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7732830E" w14:textId="67DA9576" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009C5C8D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2AA6D5A6" w14:textId="3C3272A7" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76653393" wp14:editId="65042C7A">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1793775429" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="584B6217" w14:textId="5EFF01EB" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009C5C8D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="76653393" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="584B6217" w14:textId="5EFF01EB" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009C5C8D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72D56D38" w14:textId="6DF1C78B" w:rsidR="009C5C8D" w:rsidRDefault="009C5C8D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F81197A" wp14:editId="56FB8EBF">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2011199132" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="57449123" w14:textId="7C80CB18" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009C5C8D">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6F81197A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="57449123" w14:textId="7C80CB18" w:rsidR="009C5C8D" w:rsidRPr="009C5C8D" w:rsidRDefault="009C5C8D" w:rsidP="009C5C8D">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009C5C8D">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8AC89E84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="Appendix %1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1843"/>
         </w:tabs>
         <w:ind w:left="1843" w:hanging="1701"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
@@ -2380,130 +4455,331 @@
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D811F24"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB78097C"/>
+    <w:styleLink w:val="BulletList"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="ListBullet1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:kern w:val="20"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:kern w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2835" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:kern w:val="20"/>
+        <w:sz w:val="28"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3402" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:caps/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:kern w:val="20"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:cntxtAlts w14:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5333" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5787"/>
+        </w:tabs>
+        <w:ind w:left="5787" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6241"/>
+        </w:tabs>
+        <w:ind w:left="6241" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6695"/>
+        </w:tabs>
+        <w:ind w:left="6695" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7149"/>
+        </w:tabs>
+        <w:ind w:left="7149" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="731777348">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="7414737">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1161458793">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="566501124">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA2717"/>
+    <w:rsid w:val="000F5FAE"/>
     <w:rsid w:val="00246C51"/>
     <w:rsid w:val="005A2099"/>
     <w:rsid w:val="009648E1"/>
+    <w:rsid w:val="009C5C8D"/>
     <w:rsid w:val="00CA2717"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5B8CECEC"/>
+  <w14:docId w14:val="1B399BB5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{54D6C1C0-A953-476B-86F8-DEA828C13FFD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2514,53 +4790,53 @@
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2831,50 +5107,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CA2717"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -3055,62 +5336,188 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AppendixHdg4">
     <w:name w:val="Appendix Hdg 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText1"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00CA2717"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="280"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
       <w:caps/>
       <w:kern w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListBullet1">
+    <w:name w:val="List Bullet 1"/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
+      <w:kern w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="ListBullet"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="BulletList">
+    <w:name w:val="_BulletList"/>
+    <w:basedOn w:val="NoList"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C5C8D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3334,70 +5741,108 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1826</Characters>
+  <Pages>3</Pages>
+  <Words>408</Words>
+  <Characters>3558</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Education Western Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2142</CharactersWithSpaces>
+  <CharactersWithSpaces>3909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>WYATT Ann [Policy &amp; Program Governance]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>77e0769c,2f935b09,6aead745</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#000000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SetDate">
+    <vt:lpwstr>2026-02-26T03:53:35Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SiteId">
+    <vt:lpwstr>e08016f9-d1fd-4cbb-83b0-b76eb4361627</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ActionId">
+    <vt:lpwstr>514116b6-15c2-4861-8f7b-8c2fe759753b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>